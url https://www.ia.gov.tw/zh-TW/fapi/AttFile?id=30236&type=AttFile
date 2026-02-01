--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1,2520 +1,2548 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="16876CC4" w14:textId="118B4982" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc217977541"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>附件一</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5098" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="5DCF05F0" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6464618F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>收件日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2290" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="79FF9A4A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="5334DA67" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6A23A82B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>流水</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2290" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="74F76D9B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2DAB8E71" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>補助</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>申請書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2984438B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
         <w:ind w:rightChars="-167" w:right="-401"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請人同意依照貴單位相關規定填具下列資料及檢附規定</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>資料向貴單位</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請並依排定優先順序辦理，如無法列入補助對象時，絕無異議。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="521FF1B4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
         <w:ind w:rightChars="-514" w:right="-1234"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>申請</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>身分證字號：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>聯絡電話：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2E8867CC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
         <w:ind w:rightChars="-514" w:right="-1234"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>通訊</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>地址：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5463" w:type="pct"/>
         <w:tblInd w:w="-312" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1169"/>
         <w:gridCol w:w="628"/>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="631"/>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="164"/>
         <w:gridCol w:w="631"/>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="669"/>
         <w:gridCol w:w="631"/>
         <w:gridCol w:w="172"/>
         <w:gridCol w:w="463"/>
         <w:gridCol w:w="635"/>
         <w:gridCol w:w="376"/>
         <w:gridCol w:w="256"/>
         <w:gridCol w:w="633"/>
         <w:gridCol w:w="609"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="2BC1D93C" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2780" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4202DC0B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>施設地區：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>縣</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>市</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>鄉</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>鎮市區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2220" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="02C07129" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>面積合計：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>筆</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="7AA9F114" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="46B79423" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>地段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0BBADC2F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1A9DA5E8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2CF27CEA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6DAEE95B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6A3B4BC8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7FD71E14" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>段</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="0CAC9190" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="64928A5E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="64D32CF6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1470BA07" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="439D5E28" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0732068B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2531A617" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7CBD7E8B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小段</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="2D244097" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5358E68D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>地號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="149193A1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2FD94A40" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3E024D05" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="79519580" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="49E143CA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="61F272A0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="2EB09E13" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="62CE99E0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>該筆面積</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2AF208FB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="224F6086" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5A36B844" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0047DC67" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5FDF0AC5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0AAD1FFB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="4EDFFF9B" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="325"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="48AD1A17" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>作物</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>種類</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="33CEC05E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1DB6B216" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="04DACAF7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="58A91875" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6A1C1937" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="53005594" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="0A8A764D" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="1476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="025DCC48" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請補助項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="63729A01" w14:textId="79E2084A" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>馬達</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>（含</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>抽水機</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>含</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>）</w:t>
+              <w:t>抽水機</w:t>
+            </w:r>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3E8B0CE1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>柱塞</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>式</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>泵</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7779EF86" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>汽油引</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>擎</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1BE6D514" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>柴油引</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>擎</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="01891B3D" w14:textId="0FC60A50" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>調蓄設施</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>（蓄水槽）</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>蓄水槽</w:t>
+            </w:r>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="03E6A4C4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>微噴</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>系統</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="424BB01F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>噴</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>頭系統</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6CB06E15" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>滴灌</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>系統</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="477C0DE5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>穿孔管</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>系統</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7D2DE42D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>調節控制設施</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="64979851" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="26BB52F0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7B699029" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="305" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1BCC5FF8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="1C46D165" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7CE92D34" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>請打</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="18781DCD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="531C0954" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="759EBCC5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="65BCC8ED" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="16751394" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="247CC253" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6137AE69" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="302ADE31" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="779AD4CA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="09E2452B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="488438CB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1383AA1A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3D215F91" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="305" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="445C1963" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-              <w:rPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34D10C9D" wp14:editId="52DDAA37">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E36F7EA" wp14:editId="7DD1A34C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>260350</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>180340</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="342900" cy="3086100"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="205030" name="文字方塊 205030"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="342900" cy="3086100"/>
                               </a:xfrm>
@@ -2525,51 +2553,51 @@
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:solidFill>
                                       <a:srgbClr val="FFFFFF"/>
                                     </a:solidFill>
                                   </a14:hiddenFill>
                                 </a:ext>
                                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                   <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:miter lim="800000"/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00FF5B0C" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+                                <w:p w14:paraId="078D38B0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRDefault="0057535B" w:rsidP="0057535B">
                                   <w:pPr>
                                     <w:snapToGrid w:val="0"/>
                                   </w:pPr>
                                   <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="00A92010">
                                     <w:rPr>
                                       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                     </w:rPr>
                                     <w:t>︵</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                     </w:rPr>
                                     <w:t>粗框</w:t>
                                   </w:r>
                                   <w:proofErr w:type="gramEnd"/>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                     </w:rPr>
                                     <w:t>內於</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00B424DC">
                                     <w:rPr>
@@ -2597,24394 +2625,13216 @@
                                       <w:rFonts w:hint="eastAsia"/>
                                     </w:rPr>
                                     <w:t>︶</w:t>
                                   </w:r>
                                   <w:proofErr w:type="gramEnd"/>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="34D10C9D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="5E36F7EA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="文字方塊 205030" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:20.5pt;margin-top:14.2pt;width:27pt;height:243pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1YL3YzwIAAMcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfs/lp2ibRpmi3aRDS&#10;8iMtHMBNnMYisYPtNl0Qz0gcYHnmAByAA+2eg7HTdru7QkJAHiLbM/5mvpnPc/ps2zZoQ6VigqfY&#10;P/EworwQJeOrFL97mzsRRkoTXpJGcJriK6rws9nTJ6d9l9BA1KIpqUQAwlXSdymute4S11VFTVui&#10;TkRHORgrIVuiYStXbilJD+ht4waeN3F7IctOioIqBafZYMQzi19VtNCvq0pRjZoUQ27a/qX9L83f&#10;nZ2SZCVJV7Nilwb5iyxawjgEPUBlRBO0luwRVMsKKZSo9EkhWldUFSuo5QBsfO8Bm8uadNRygeKo&#10;7lAm9f9gi1ebNxKxMsWBN/ZGUCJOWujT7fWXmx/fbq9/3nz/inYmqFXfqQSuXHZwSW/PxRZ6bnmr&#10;7kIU7xXiYl4TvqJnUoq+pqSEXH1TZffo6oCjDMiyfylKiEfWWligbSVbU0goDQJ0SOjq0Ce61aiA&#10;w1EYxB5YCjCNvGjiw8aEIMn+dieVfk5Fi8wixRJ0YNHJ5kLpwXXvYoJxkbOmgXOSNPzeAWAOJxAb&#10;rhqbycK29lPsxYtoEYVOGEwWTuhlmXOWz0NnkvvTcTbK5vPM/2zi+mFSs7Kk3ITZy8wP/6yNO8EP&#10;AjkITYmGlQbOpKTkajlvJNoQkHluv11Bjtzc+2nYegGXB5T8IPTOg9jJJ9HUCfNw7MRTL3I8Pz6P&#10;J14Yh1l+n9IF4/TfKaE+xfE4GA9i+i03z36PuZGkZRoGScPaFEcHJ5IYCS54aVurCWuG9VEpTPp3&#10;pYB27xttBWs0OqhVb5dbQDEqXoryCqQrBSgLVAjTDxa1kB8x6mGSpFh9WBNJMWpecJB/7IchuGm7&#10;CcfTADby2LI8thBeAFSKNUbDcq6HcbXuJFvVEGl4cFycwZOpmFXzXVa7hwbTwpLaTTYzjo731utu&#10;/s5+AQAA//8DAFBLAwQUAAYACAAAACEA5o3OzdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3KidykFtmk2FQFxBtIDEzY3dJGq8jmK3CX/PcoLjaEYzb8rt7HtxcWPsAiFk&#10;CwXCUR1sRw3C+/75bgUiJkPW9IEcwreLsK2ur0pT2DDRm7vsUiO4hGJhENqUhkLKWLfOm7gIgyP2&#10;jmH0JrEcG2lHM3G57+VSqXvpTUe80JrBPbauPu3OHuHj5fj1qdVr8+TzYQqzkuTXEvH2Zn7YgEhu&#10;Tn9h+MVndKiY6RDOZKPoEXTGVxLCcqVBsL/OWR8Q8kxrkFUp/x+ofgAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA1YL3YzwIAAMcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDmjc7N3AAAAAgBAAAPAAAAAAAAAAAAAAAAACkFAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAMgYAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape id="文字方塊 205030" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:20.5pt;margin-top:14.2pt;width:27pt;height:243pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp90QW3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTrGuNOEXXosOA&#10;rhvQ9QNkWbKF2aJGKbGzrx8lp2m23YpdBJGUH/ken9dX09CznUJvwFa8WOScKSuhMbat+NP3u3cX&#10;nPkgbCN6sKrie+X51ebtm/XoSrWEDvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlogYcRKAQ26xBMRL6&#10;0GfLPD/PRsDGIUjlPWVv5yLfJHytlQxftfYqsL7iNFtIJ6azjme2WYuyReE6Iw9jiFdMMQhjqekR&#10;6lYEwbZo/oEajETwoMNCwpCB1kaqxIHYFPlfbB474VTiQuJ4d5TJ/z9Y+bB7dN+QhekjTLTARMK7&#10;e5A/PLNw0wnbqmtEGDslGmpcRMmy0fny8GmU2pc+gtTjF2hoyWIbIAFNGoeoCvFkhE4L2B9FV1Ng&#10;kpJnq+VlThVJpbP84rygILYQ5fPXDn34pGBg8VJxpKUmdLG792F++vwkNrNwZ/o+Lba3fyQIM2bS&#10;9HHgefQw1RO9jixqaPbEA2H2CfmaLh3gL85G8kjF/c+tQMVZ/9mSFpfFahVNlYLV+w9LCvC0Up9W&#10;hJUEVfHA2Xy9CbMRtw5N21GnWX0L16SfNonay1SHuckHSZyDZ6PRTuP06uXP2vwGAAD//wMAUEsD&#10;BBQABgAIAAAAIQDmjc7N3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qJ3KQW2aTYVAXEG0gMTNjd0karyOYrcJf89yguNoRjNvyu3se3FxY+wCIWQLBcJRHWxHDcL7/vlu&#10;BSImQ9b0gRzCt4uwra6vSlPYMNGbu+xSI7iEYmEQ2pSGQspYt86buAiDI/aOYfQmsRwbaUczcbnv&#10;5VKpe+lNR7zQmsE9tq4+7c4e4ePl+PWp1Wvz5PNhCrOS5NcS8fZmftiASG5Of2H4xWd0qJjpEM5k&#10;o+gRdMZXEsJypUGwv85ZHxDyTGuQVSn/H6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOn3RBbeAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAOaNzs3cAAAACAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00FF5B0C" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+                          <w:p w14:paraId="078D38B0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRDefault="0057535B" w:rsidP="0057535B">
                             <w:pPr>
                               <w:snapToGrid w:val="0"/>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00A92010">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>︵</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                               </w:rPr>
-                              <w:t>粗框</w:t>
-[...6 lines deleted...]
-                              <w:t>內於</w:t>
+                              <w:t>粗框內於</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B424DC">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>會</w:t>
-[...7 lines deleted...]
-                              <w:t>勘或書審時填</w:t>
+                              <w:t>會勘或書審時填</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A92010">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>列</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>︶</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="4AA9897E" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="63DBCEC7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>核定情形</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0298A640" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="352EA5B0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="599732DF" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="18876F01" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1EBA329C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="68345BD1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3BB35644" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6A013369" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4B1E32A3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="60897BD8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1560E523" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4143371F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4AA67E12" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="305" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="703F6243" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="4A02D4AC" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="650C8901" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>施設面積</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2CF0CA39" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="748" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2C8AC4E6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="62B07D60" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="27C6B334" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0CD597E1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="793038E0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="2E9CC1C4" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="3758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="69A5A884" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>結</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="133ECE96" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6B8802EB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>果</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5BE4D493" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="74BBF81F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>說</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="6A2AAC9A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="022C8D28" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>明</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4416" w:type="pct"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="022FD8A7" w14:textId="2BCB81CA" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>灌溉水源：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>灌排渠道</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>野</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>溪</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>埤</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>池</w:t>
+            </w:r>
+            <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>塘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>地下水</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>其他：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="00973D17" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>調蓄設施</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>塑膠類</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>鋁合金</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="450F4B3B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="25" w:left="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>不</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>銹</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>鋼</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="76C5EB44" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>田間配置：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>主管</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>長</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>公尺</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>、管徑</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>吋</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>；</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>；主管</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>主管</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>：</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:t>長</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>長</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>公尺</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>公尺</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:t>、管徑</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>、管徑</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>吋</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="21DF7D40" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="10" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>行</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>間距：支管行距</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>公尺</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，噴頭間距</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(SS)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>公尺</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>豎管高</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>公尺</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="15D4C94F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="10" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>施設方式：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>埋設固定式</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>地表定置式</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>附掛棚架式</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>其他：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1F3B9300" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="10" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>支管選擇：管徑</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>吋</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>全長不變徑</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1/3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>管長變徑</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4B831C6C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="10" w:before="36" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>會</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>勘</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>或書</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>審</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>意見：</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7FE648A0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="10" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>依會</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>勘或書</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>審結果，符合申請。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="407D29D2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="10" w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>依會</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>勘或書</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>審結果，不符合申請。原因說明：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+              <w:t xml:space="preserve">                                                 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CBA3555" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="10" w:afterLines="30" w:after="108" w:line="300" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>其他</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">                                                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4EC24568" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:rightChars="-167" w:right="-401" w:hangingChars="118" w:hanging="283"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>備註：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="006140BD" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0DED9262" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36" w:line="240" w:lineRule="exact"/>
         <w:ind w:rightChars="-167" w:right="-401"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>申請資格：依法供農作使用之土地。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="006140BD" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6E1566C8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36" w:line="240" w:lineRule="exact"/>
         <w:ind w:rightChars="-167" w:right="-401"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>將申請施設之土地，逐筆地段、地號、面積及作物別</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>填入空欄內</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="006140BD" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4614F4CD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36" w:line="240" w:lineRule="exact"/>
         <w:ind w:left="142" w:rightChars="-167" w:right="-401" w:hangingChars="59" w:hanging="142"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>檢附證件：</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>身</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>證正反面影本、土地登記謄本及地籍圖謄本</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>私有地承租人應檢附土地同意施設證明書；承租公有或台糖土地者，應檢附租賃契約影本</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006140BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2D0036EA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:rightChars="-167" w:right="-401"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7C476BB2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
         <w:ind w:rightChars="-167" w:right="-401"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>承辦</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>人員：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="新細明體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>簽名或蓋章：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4258"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="1A497E36" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="2551"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4258" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5AFB90CF" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>申請</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7FEF4CDB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>身分證正面影本</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1A6470D6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>僅供申請推廣管路灌溉設施計畫使用</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6076" w:tblpY="-2587"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="42DB7DB2" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="2551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="107BA780" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>申請</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="72D590B8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>身分證反面影本</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="061DDE08" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>僅供申請推廣管路灌溉設施計畫使用</w:t>
             </w:r>
-            <w:r w:rsidRPr="00410A81">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7971F69E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>個人資料蒐集</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>處理</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>利用同意書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="240F0D40" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>以下</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簡稱本</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>署</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>管路灌溉設施申請業務</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>依個人資料保護法之規定以本聲明及同意書向您行書面告知並徵求您同意。請您</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>閱讀</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>後</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>勾選</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>同意始能申請，表示您已瞭解並接受本同意書之所有內容。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="707C21D8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>壹、蒐集之目的：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="652B5440" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>僅限於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>補助申請而蒐集、處理或非營利目的之利用</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，符合個人資料保護法之相關規定下，正當使用您的個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4A4C13F6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>貳、個人資料之內容：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="63A68FBE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>姓名、身分證統一編號、聯絡方式等，詳如申請書及所需檢附文件等所列內容。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="07E561E4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>參、利用</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>期間、</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>地區、對象及方式：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="05E91098" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>一、期間：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>依據上開蒐集目的之存續期間；</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>依相關法令規定或契約約定之保存年限。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="592E4380" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>二、地區：中華民國所在各地區。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="5EE06CC0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>三、對象：中華民國各政府機關</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>構</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>或經政府委託之各團體、機構。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="62B8E720" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>四、方式：以電腦或非電腦利用之方式。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6A87AD9C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>肆、您的個人資料權利：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="721C2498" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>得就您</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>個人資料依法</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>向本署</w:t>
+        <w:t>向本署以</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>以書面或電話行使以下權利：</w:t>
+        <w:t>書面或電話行使以下權利：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3CB4BCC7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>一、查詢</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>請求閱覽</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>製給複製本。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7CBAE4F2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、補充或更正。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="28EE2322" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、請求停止蒐集、處理或非營利目的之利用</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，並可</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>請求刪除。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="52C695B5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>上述權利，若因不符合申請程序、法律規定、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>本署依法</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>負有保存義務或法律另有規定之情況者，不在此限。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="276A3019" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>伍、您可自由選擇是否提供個人資料，若您拒絕提供所需之個人資料或提供不完全時，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>本署即</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>無法審核您所申請之補助或各項事宜，尚祈見諒。</w:t>
+        <w:t>無法審核您所申請之補助或各項事宜，尚</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>祈</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>見諒。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2FC405C6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>陸、同意事項：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0E1E5CD7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>一、已收到並充分瞭解本告知暨同意書內容。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3DDC6AC3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>二、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>同意本署蒐集</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、處理及非營利目的之利用申請人個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4BF89FB1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>三、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>同意本署將</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>個人資料建檔。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1C1335E0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB0D60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>我</w:t>
-[...19 lines deleted...]
-        <w:t>內容</w:t>
+        <w:t>我已閱讀並同意接受上述內容</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="28068D6C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="560" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-      <w:pPr>
+    <w:p w14:paraId="49BE843C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
-[...6455 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc217977542"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2CE3BDA0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施補助</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>切結書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="37EE7612" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>具切結書人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>同申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>鄉鎮市區</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>小段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>地號合計</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>筆</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t>詳如申請書所列土地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>，申請農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>年度推廣管路灌溉設施補助，除遵守貴單位有關規定辦理，同意具切結書如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="52346D4D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>一、補助金額依補助基準計算，並依</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>排定優先順序</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>，如無法列入補助對象時，絕無異議。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4051F7DE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>二、本設施同意於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>日前完成結案申報。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="239ED1C6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>三、具切結書人如有下列情形之</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>者，同意放棄經費補助，並放棄追訴權：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1EE24F68" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="152" w:firstLine="426"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>經功能測試不合格，且未依指定改善日期辦理完成。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6B0CFE47" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="178" w:left="643" w:hangingChars="77" w:hanging="216"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>經發現曾接受農業部農村發展及水土保持署</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>補助調蓄設施</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>符</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>合再次申請補助之條件者，不在</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此限</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6C83DE27" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>四、所灌溉土地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>非</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>以休閒農場或露營區之方式經營者。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="19EE81D2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>五、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>所檢附</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>任何相關證明文件、施設前後照片以及單據憑證等資料，若有偽造、變造、隱匿或虛偽等情事，同意自負一切法律責任，並繳回全部補助款。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6DF70E4F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="10" w:before="36"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>六、本設施完成後，同意將設施運轉成果資料提供貴單位，供作研究發展計畫之參考。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="39ECCF4E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72"/>
         <w:ind w:left="496" w:hangingChars="177" w:hanging="496"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>七、若為配合農時而需提前施設，同意遵照規定程序辦理，所申請補助金額</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>俟</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>計畫核定後再撥款，倘因計畫變更或調整經費支用項目無法補助時，一切設施費用同意自行承擔，絕無異議。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4CD9BEAC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="360" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此致</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="005F2D73" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="5874B66F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>OO</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理處</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>範例</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="10879406" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3C465989" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>具切結書人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="71E5AED0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身分證字號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="13705DCC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通訊地址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="58CB14E1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯絡電話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="01ECD74E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0165615F" w14:textId="77777777" w:rsidR="00AC44ED" w:rsidRPr="006F59DA" w:rsidRDefault="00AC44ED" w:rsidP="0057535B">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760C7D76" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="560" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+    <w:p w14:paraId="58360590" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc217977543"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>附件</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>附件三</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2B80533C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="100" w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>補助規劃委託書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7505EA2D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="100" w:after="360" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>本人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>申請農業</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>補助，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>擬委託</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>君</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>＊</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>管理處</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>有關人員代辦系統規劃佈置，恐口說無憑，特立此委託書。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7EF5C830" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="100" w:after="360" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="360DE5C7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請案號</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4E34E560" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>委託人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="5E5064CC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身分證字號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4D37C68B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通訊地址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6FC89391" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯絡電話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="7CD2100B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="21BE6544" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>受託人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="203FB181" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>證</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字號</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4689667F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通訊地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="202DFEAA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯絡電話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1F8F8226" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>＊</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>研習字號或證照編號：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="5F809CBB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6409A339" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="560" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-      <w:pPr>
+    <w:p w14:paraId="60C7B41F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="001A21B3">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc217977544"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6855F11C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="100" w:after="360" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>土地同意施設證明書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="440FB5EF" w14:textId="49E3EAF6" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>具同意書人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>土地所有權人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>土</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地座落於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>鄉</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>鎮市區</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>小</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地號等</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>筆土地所有權面積</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>同意</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>土地持分</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>，委託申請人</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>承租人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□共同持有人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>代為耕作，並同意申請人</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>承租人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□共同持有人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...5 lines deleted...]
-        <w:t>）以其名義</w:t>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>以其名義</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>向貴</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>署</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>補助</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>並同意</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>遵守下列規定：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="29C367D8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>同意上述土地所申請之設施</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>補助款歸申請人</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>承租人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□共同持有人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>具領</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...37 lines deleted...]
-        <w:t>之相關規定。</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>，並遵守「農業部農田水利署推廣管路灌溉作業要點」之相關規定。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00410A81" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="48739106" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本次申請田間管路灌溉系統，其穿孔管</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>系統及滴灌</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>系統必須超過三年方得再次申請外，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00410A81">
-[...5 lines deleted...]
-        <w:t>微噴系</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>微噴系統</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00410A81">
-[...5 lines deleted...]
-        <w:t>統及噴頭系統必須超過十年方得再次申請。</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>及噴頭系統必須超過十年方得再次申請。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="148F7EEE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本次申請灌溉調控設施，其調節控制設施必須超過十年方得再次申請外，動力設備</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>及調蓄設施</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00410A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>必須超過十五年方得再次申請。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="60052B94" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>恐</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>口說無憑，特立此同意書並檢附同意人身分證影本為證。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4165B2AB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>致</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="005F2D73" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="75842528" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>OO</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理處</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>範例</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="699263F8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>立</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>同</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>意</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3012056D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>證</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3E66E264" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>訊</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0C07EE39" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>絡</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>電</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="274AB6A8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>承租人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□共同持有人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">:            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="784E1C7A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>證</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="67A75F2A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>訊</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1AFACF5D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>絡</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>電</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="22F1D4FD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="560" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9328" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4664"/>
         <w:gridCol w:w="4664"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="15E7C5FE" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="1872"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3284BC36" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>立同意書人</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="29353657" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>身</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>分</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>證正面影本</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="79726F75" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>僅</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>僅供申請推廣管路灌溉設施計畫使用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="362AE320" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>立同意書人</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="265813C6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>身</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>分</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>證反面影本</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1BFB61E8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>僅</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+              <w:t>僅供申請推廣管路灌溉設施計畫使用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="77A36A66" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="atLeast"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidSect="00C563DB">
-          <w:footerReference w:type="default" r:id="rId9"/>
+        <w:sectPr w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidSect="00C563DB">
+          <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1474" w:right="1361" w:bottom="1474" w:left="1361" w:header="851" w:footer="567" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-      <w:pPr>
+    <w:p w14:paraId="5335D60C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="004C2FD7">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc217977545"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="53616219" w14:textId="3C3969F6" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="100" w:after="360" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>土地使用切結書（範本）</w:t>
+        <w:t>土地使用切結書</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>範本</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9054D" w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="59FD4DD2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>立切結書人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>同申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>耕作土地座落於</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>鄉鎮市區</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>小段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地號等</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>筆土地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>詳如申請書所列土地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>，因土地為共用持分，無法提供土地所有權人全部同意書，故</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>本人</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        <w:t>本人切結</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>下列事項</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>向貴署</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>推廣管路灌溉設施</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...21 lines deleted...]
-        <w:t>如有任何虛偽不實，同意負</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>補助。如有任何虛偽不實，同意負</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>一切刑</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>民</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>事責任並放棄先訴抗辯權，繳回已領取之款項，絕無異議，恐口說無憑，特立此切結書為證。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="659F4AFA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>上述土地已經過土地所有權人同意，以所申請之設施</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>補助款歸申請人</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>□承租人□共同持有人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>具領，並遵守「農業部農田水利署推廣管路灌溉作業要點」之相關規定。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2B0C42EC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本次申請田間管路灌溉系統，其穿孔管</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...13 lines deleted...]
-        <w:t>灌</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>系統及滴灌</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>必須超過三年方得再次申請外，</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>系統必須超過三年方得再次申請外，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B424DC">
-[...5 lines deleted...]
-        <w:t>微噴系</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>微噴系統</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B424DC">
-[...5 lines deleted...]
-        <w:t>統及噴頭系統必須超過十年方得再次申請。</w:t>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>及噴頭系統必須超過十年方得再次申請。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="10701302" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="30" w:before="108" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="224" w:hangingChars="80" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E5F97">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E5F97">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本次申請灌溉調控設施，其調節控制設施必須超過十年方得再次申請外，動力設備</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005E5F97">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>及調蓄設施</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005E5F97">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>必須超過十五年方得再次申請。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3695DAD7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="520" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>致</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="005F2D73" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2DF93CE7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="100" w:after="360" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>OO</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理處</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="4DA238BE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>立</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>切</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>結</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6367AE28" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>身</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>證</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1B912C45" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>訊</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2B5C1096" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>絡</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>電</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="05F502D8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="444"/>
-        <w:tblW w:w="10105" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-470" w:tblpY="444"/>
+        <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10105"/>
+        <w:gridCol w:w="9624"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="3698EF7D" w14:textId="77777777" w:rsidTr="000133CE">
         <w:trPr>
           <w:trHeight w:val="1395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10105" w:type="dxa"/>
+            <w:tcW w:w="9624" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="237ABC5D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="000133CE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>依刑法第</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>214</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>條規定</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>:「</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>「</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>明知為不實</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>之事項，而使公務員登載於職務上所掌之公文書，足以生損害於公眾或他人者，處三年以下有期徒刑、拘役或一萬五千元以下罰金。」</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="24284EA0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidSect="00C563DB">
+        <w:sectPr w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidSect="00C563DB">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1588" w:right="2125" w:bottom="1588" w:left="1560" w:header="851" w:footer="567" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-[...2 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+    <w:p w14:paraId="395D1D27" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:before="180" w:after="180"/>
-[...14 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc217977546"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="44343084" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>結</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>案</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>申</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>報</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="21361F82" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="atLeast"/>
         <w:ind w:rightChars="46" w:right="110"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>茲申請農業</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年度推廣管路灌溉設施補助，設置地點：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>鄉鎮市</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>區</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>小段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>地號</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>筆</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>詳如土地清冊</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>，合計面積</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>，已於民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日全部完成，請貴單位辦理結案審查。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="346372C1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:rightChars="88" w:right="211"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9406" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="5415"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="56DC1156" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="610"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="66361640" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>申請項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="440081AC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>內容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="627B76F4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>結案自主審查</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="358F55D1" w14:textId="5C601788" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="00F9054D" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>（申請人自行填寫）</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0057535B" w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>申請人自行填寫</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="177550D0" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="131"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5391E4FC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>灌溉系統</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1F0A8219" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>穿孔管系統</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>噴頭系統</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="712DB7CB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>微噴系統</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>滴灌系統</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="01F0E83A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>未申請</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="1209A7C1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:widowControl/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>□相符      □不符</w:t>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□相符</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="11B18A18" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="694"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="0AAA00CD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>動力設</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>備</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="36ED65A8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>馬達</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>汽油引擎</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>柴油引擎</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4C61A5D0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>柱塞式</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>泵</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5922F6DA" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>未申請</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2D64DE51" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:widowControl/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>□相符      □不符</w:t>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□相符</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="68B63A64" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="131"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="630B64D4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>調蓄設施</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4727F600" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□鋁合金</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□不</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>銹</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>鋼</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□塑膠</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>座</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...." w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...." w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>噸</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="631547CC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t>未申請</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="4270493B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:widowControl/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>□相符      □不符</w:t>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□相符</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="5D903D51" w14:textId="77777777" w:rsidTr="00A940A4">
         <w:trPr>
           <w:trHeight w:val="131"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="31EB05FD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>調控設施</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="205197D3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□自動化控制</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□微氣象調節</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>液肥注入</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>器</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="753A361E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□過濾器</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□其他調節控制設施</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="553B0D24" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Wingdings 2" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Wingdings 2" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體e...." w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體e...."/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="標楷體e...."/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>未申請</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="5573FBD0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
             <w:pPr>
               <w:widowControl/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>□相符      □不符</w:t>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□相符</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>□不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="018D35B4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="440" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此致</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="005F2D73" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2151F5BC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="20" w:before="72" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>農業部農田水利署</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>OO</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理處</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>範例</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2D73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="604D01BE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0548B034" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="-236" w:hangingChars="202" w:hanging="566"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請案號：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="509C7256" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="-236" w:hangingChars="202" w:hanging="566"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申請人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>簽名或蓋章</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="1CDB36F8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="-236" w:hangingChars="202" w:hanging="566"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>通訊地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>址：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="20D886E3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="-236" w:hangingChars="202" w:hanging="566"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>聯絡電話：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="2DBB6E2F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="180" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="0A7ED200" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="20" w:after="72" w:line="560" w:lineRule="exact"/>
         <w:jc w:val="distribute"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>中華民國</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-      <w:pPr>
+    <w:p w14:paraId="3E4B0412" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc217977547"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="5EE7F79C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:afterLines="25" w:after="90" w:line="400" w:lineRule="exact"/>
+        <w:spacing w:afterLines="25" w:after="90" w:line="440" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>申請案號：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>申請</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B424DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>姓名：</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9044" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="9215" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="793"/>
-        <w:gridCol w:w="8251"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="8482"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidTr="00894AB2">
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="669CF6C0" w14:textId="77777777" w:rsidTr="00D3443C">
         <w:trPr>
-          <w:trHeight w:val="2435"/>
+          <w:trHeight w:val="2338"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04130A0C" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>施</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697510D3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>工</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B135DC5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>前</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="410136B8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>施工前照片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="2847D7E8" w14:textId="77777777" w:rsidTr="00D3443C">
+        <w:trPr>
+          <w:trHeight w:val="2339"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB30FA6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>施</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266C1C5D" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>工</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C88D316" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>後</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4816A86A" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>施工後照片</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>及</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>系統施噴</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>、滴灌溉情形</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="54C26D40" w14:textId="77777777" w:rsidTr="00D3443C">
+        <w:trPr>
+          <w:trHeight w:val="2338"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67329A3F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>動</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B546138" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>力</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F225E44" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>設</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3486FDAB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>備</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BE4DFB" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>動力設備照片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="1EF3131E" w14:textId="77777777" w:rsidTr="00D3443C">
+        <w:trPr>
+          <w:trHeight w:val="2339"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E60CA3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>調</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="317FA1A2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>蓄</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="08688438" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>設</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA50CF2" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>施</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EE6705" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>調</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>蓄設施</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>照片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057535B" w:rsidRPr="006F59DA" w14:paraId="5FF95E72" w14:textId="77777777" w:rsidTr="00D3443C">
+        <w:trPr>
+          <w:trHeight w:val="2339"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3139BE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>調</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718111AD" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>節</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F900A29" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>控</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E2D1E3" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>制</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F9AC935" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>設</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3025C4A1" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>施</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F52E2E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00A940A4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F59DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>調節控制設施照片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7CA91D0B" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00D3443C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="100" w:after="360"/>
+        <w:ind w:leftChars="-355" w:left="-7" w:rightChars="-413" w:right="-991" w:hangingChars="352" w:hanging="845"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>備註</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>本表之照片可由印表機直接列印出或以沖洗之照片粘貼方式均可，其張數自行調整</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECC22D5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc217977548"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>附件</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>七</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="50D06440" w14:textId="77777777" w:rsidR="002150AE" w:rsidRPr="006F59DA" w:rsidRDefault="002150AE" w:rsidP="002150AE">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78613EAF" w14:textId="5E9337CC" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="200" w:after="720" w:line="440" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>領</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>款</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>收</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>據</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AEC2C6" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>幣：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>拾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>萬</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>仟</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>佰</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>拾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>元整</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7301DE" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>此係推廣管路灌溉設施補助款，上款如數領</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>訖</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>無訛。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431B769E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA2647E" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>此致</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F5E820" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="20" w:before="72" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>農業部農田水利署</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>OO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>管理處</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>範例</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD6EFDC" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FBCBBC4" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>申請案號：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767C16F5" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>領款人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>簽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>名或蓋</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>章</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11899D28" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>身分證字號：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675ECD96" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>通訊地</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>址：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B01ED54" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>聯絡電話：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FA7054" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B424ED" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF96CD8" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E839099" w14:textId="77777777" w:rsidR="002150AE" w:rsidRPr="006F59DA" w:rsidRDefault="002150AE" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D15EA7" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="0057535B">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A9AA781" w14:textId="287CA12C" w:rsidR="0057535B" w:rsidRPr="00E12C10" w:rsidRDefault="0057535B" w:rsidP="00E12C10">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="exact"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>民</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>國</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E6214F" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="00E12C10">
+      <w:pPr>
+        <w:pStyle w:val="affffffffb"/>
+        <w:spacing w:before="180" w:afterLines="50" w:after="180"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0057535B" w:rsidRPr="006F59DA" w:rsidSect="00710CA2">
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1588" w:right="2125" w:bottom="1588" w:left="1560" w:header="851" w:footer="992" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7620928F" w14:textId="77777777" w:rsidR="000C0A81" w:rsidRPr="006F59DA" w:rsidRDefault="0057535B" w:rsidP="002150AE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc217977552"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>附件十</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F59DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="aff5"/>
+        <w:tblW w:w="9348" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9348"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C0A81" w:rsidRPr="006F59DA" w14:paraId="76B801E8" w14:textId="77777777" w:rsidTr="003F153A">
+        <w:trPr>
+          <w:trHeight w:val="12628"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2B2146CA" w14:textId="77777777" w:rsidR="000C0A81" w:rsidRPr="004C2FD7" w:rsidRDefault="000C0A81" w:rsidP="000C0A81">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="440" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>施</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>管路灌溉設施因天然災害</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>受損切結</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>書</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="62419711" w14:textId="177E6512" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="000C0A81" w:rsidP="00CC4AC8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180" w:line="360" w:lineRule="auto"/>
+              <w:ind w:leftChars="73" w:left="175" w:rightChars="189" w:right="454"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>工</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>具切結書人</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>，於</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>縣</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>市</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>鄉</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>鎮市區</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>段小段</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>地號之土地</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>為□承租□自耕□承領</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>，土地上之管路灌溉設施：□灌溉系統、□動力設備、□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>調蓄設施</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>、□調控設施，確認因</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>0403</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>天災</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE36F2" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>請填天災名稱</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4AC8" w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>導致毀損，雖未達再次申請年限而需重新施作，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>爰向貴</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>管理處申請管路灌溉設施補助，願遵守貴管理處有關規定，特此切結，如有不實，願放棄經費補助或返還補助。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="517B01D2" w14:textId="77777777" w:rsidR="000C0A81" w:rsidRPr="004C2FD7" w:rsidRDefault="000C0A81" w:rsidP="00AE36F2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:leftChars="73" w:left="176" w:rightChars="189" w:right="454" w:hanging="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>前</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>檢附管路灌溉設施受損照片</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>份。</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="7701B126" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00CC4AC8">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:firstLineChars="200" w:firstLine="600"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>施工前照片</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>此致</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="16F5F32C" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4667"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1032"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>施</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>農業部農田水利</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>署</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>管理</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>處</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="3749C497" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6543"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1168"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>工</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>立切結書人</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>簽</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>章</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2407B07F" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1168"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>後</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>電話：</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="560AB13B" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1168" w:right="302"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...23 lines deleted...]
-              <w:t>、滴灌溉情形</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>身分證字號：</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="733E0E01" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1168" w:right="302"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...3 lines deleted...]
-              <w:t>動</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+              <w:t>通訊地址：</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="2EAC39F2" w14:textId="77777777" w:rsidR="00AE36F2" w:rsidRPr="004C2FD7" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="1168" w:right="302"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="31"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
-[...189 lines deleted...]
-          <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00894AB2">
+          <w:p w14:paraId="429F5CCD" w14:textId="0F3C7993" w:rsidR="00AE36F2" w:rsidRPr="006F59DA" w:rsidRDefault="00AE36F2" w:rsidP="00AE36F2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B424DC">
-[...104 lines deleted...]
-              <w:t>調節控制設施照片</w:t>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>中</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>華</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>民</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>國</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C2FD7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="35"/>
+              </w:rPr>
+              <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00BC4805" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="68CDFDF5" w14:textId="228CBB37" w:rsidR="00FB70E0" w:rsidRPr="006F59DA" w:rsidRDefault="00FB70E0" w:rsidP="003F153A">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:leftChars="-237" w:left="-5" w:rightChars="-201" w:right="-482" w:hangingChars="235" w:hanging="564"/>
-[...26 lines deleted...]
-      </w:r>
+        <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180" w:line="360" w:lineRule="auto"/>
+        <w:ind w:leftChars="73" w:left="175" w:rightChars="189" w:right="454"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5B0C" w:rsidRPr="00B424DC" w:rsidRDefault="00FF5B0C" w:rsidP="00FF5B0C">
-[...6328 lines deleted...]
-    <w:sectPr w:rsidR="001C156D">
+    <w:sectPr w:rsidR="00FB70E0" w:rsidRPr="006F59DA" w:rsidSect="00A015E6">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1700" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00961709" w:rsidRDefault="00961709" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="3455C904" w14:textId="77777777" w:rsidR="001A6FAC" w:rsidRDefault="001A6FAC" w:rsidP="00B60E5C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00961709" w:rsidRDefault="00961709" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="51372DA4" w14:textId="77777777" w:rsidR="001A6FAC" w:rsidRDefault="001A6FAC" w:rsidP="00B60E5C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
+    <w:altName w:val="DF Kai Shu"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康細圓體">
+    <w:altName w:val="微軟正黑體"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="全真中仿宋">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康粗圓體">
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康中圓體(P)">
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="全真顏體">
-    <w:altName w:val="細明體"/>
+    <w:altName w:val="Microsoft JhengHei UI"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font324">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="AngsanaUPC">
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DFHei Std W7">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="sөũ">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體e....">
     <w:altName w:val="標楷體"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00950B86" w:rsidRPr="00474B6E" w:rsidRDefault="00961709" w:rsidP="00710CA2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E60BA33" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="00474B6E" w:rsidRDefault="0057535B" w:rsidP="00710CA2">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="標楷體"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00D73843">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
   </w:p>
-  <w:p w:rsidR="00950B86" w:rsidRDefault="00961709"/>
+  <w:p w14:paraId="2FD3DFD0" w14:textId="77777777" w:rsidR="0057535B" w:rsidRDefault="0057535B"/>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D50C387" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="00474B6E" w:rsidRDefault="0057535B" w:rsidP="00710CA2">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="標楷體"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00D73843">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>49</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0024618D">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="42AD3634" w14:textId="77777777" w:rsidR="0057535B" w:rsidRPr="003E5B87" w:rsidRDefault="00000000" w:rsidP="00710CA2">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1500106226"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="0057535B">
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+            <w:lang w:eastAsia="zh-TW"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="0057535B">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0057535B">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="0057535B">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00D73843" w:rsidRPr="00D73843">
+          <w:rPr>
+            <w:noProof/>
+            <w:lang w:val="zh-TW"/>
+          </w:rPr>
+          <w:t>65</w:t>
+        </w:r>
+        <w:r w:rsidR="0057535B">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="0057535B">
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00961709" w:rsidRDefault="00961709" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="6AB26717" w14:textId="77777777" w:rsidR="001A6FAC" w:rsidRDefault="001A6FAC" w:rsidP="00B60E5C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00961709" w:rsidRDefault="00961709" w:rsidP="00FF5B0C">
+    <w:p w14:paraId="363C8796" w14:textId="77777777" w:rsidR="001A6FAC" w:rsidRDefault="001A6FAC" w:rsidP="00B60E5C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08F66DC9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8042E13C"/>
     <w:styleLink w:val="WWNum13"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2422" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2662" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="000000"/>
@@ -27315,50 +16165,163 @@
           <w:tab w:val="num" w:pos="6936"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7722"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16DF2845"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="588094BC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16EE5C19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E160B856"/>
     <w:lvl w:ilvl="0" w:tplc="FD347030">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="47DAD112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27431,51 +16394,51 @@
     <w:lvl w:ilvl="7" w:tplc="DCDC9C5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4800" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D2FE08DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5280" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17136591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C41E57FC"/>
     <w:lvl w:ilvl="0" w:tplc="15FCE7F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27572,51 +16535,229 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17967803"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D0E9208"/>
+    <w:lvl w:ilvl="0" w:tplc="411C2826">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="（%1）"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1392" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19103F0B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7228C5BC"/>
+    <w:lvl w:ilvl="0" w:tplc="D1E6F556">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="197833FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A12E042"/>
     <w:styleLink w:val="WW8Num5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:kern w:val="3"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27665,51 +16806,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A68458E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57F0080A"/>
     <w:styleLink w:val="WWNum151"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1001" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -27752,51 +16893,173 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B097112"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3548545C"/>
+    <w:lvl w:ilvl="0" w:tplc="ACCE0DA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1061" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="12"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E45A1310">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A498D16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1417" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71681236">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1596" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14508BF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1774" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D1C65288">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BAD89B8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2132" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2AA45DCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2310" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C6982C8A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2489" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CAF188F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F0E819A"/>
     <w:lvl w:ilvl="0" w:tplc="AFF83F14">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="a1"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="654"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5228299C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27893,51 +17156,262 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6CD23620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4800"/>
         </w:tabs>
         <w:ind w:left="4800" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E821196"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4AA89E3E"/>
+    <w:lvl w:ilvl="0" w:tplc="09FC4D28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FB217E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28583CE2"/>
+    <w:lvl w:ilvl="0" w:tplc="F3942E24">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1335" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="8"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="86387A00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BF04805C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1641" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ACE66578">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1792" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3DB81602">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A5A8C482">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2093" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6B0ABC1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2244" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06261FDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2394" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="47725072">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2545" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="219B7684"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FAF2C530"/>
     <w:styleLink w:val="WWNum132"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1001" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -27980,51 +17454,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23081D6B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF0081AA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25254101"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA5086AA"/>
     <w:styleLink w:val="WW8Num51"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:kern w:val="3"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28073,51 +17636,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="277C68CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BA825F2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DE446F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D93A0198"/>
     <w:styleLink w:val="WWNum17"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -28160,51 +17836,229 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30E87D63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D9BA57B2"/>
+    <w:lvl w:ilvl="0" w:tplc="B0E24148">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32941669"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9A0D3FC"/>
+    <w:lvl w:ilvl="0" w:tplc="D076C3D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37796331"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2188B99E"/>
     <w:styleLink w:val="WWNum14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1314" w:hanging="465"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1809" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -28247,51 +18101,232 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4209" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4689" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5169" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EA1562"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18062104"/>
+    <w:lvl w:ilvl="0" w:tplc="46A246D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1591" w:hanging="590"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FE049410">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1871" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2441" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2921" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3401" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3881" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4361" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4841" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5321" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="396E7FD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1CAC62E8"/>
+    <w:lvl w:ilvl="0" w:tplc="2EE8E70C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD4070F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06B810BA"/>
     <w:lvl w:ilvl="0" w:tplc="3208A382">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="3"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
@@ -28362,51 +18397,271 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C5135BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C680948E"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA6EBAE">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1061" w:hanging="204"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="12"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="317CCE74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1335" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="8"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F3C0C67E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1507" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="65329ACA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1674" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D070D90A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1842" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D65C17D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2009" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="653AF78C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2177" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69F421A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2344" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7524461C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2512" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F887C32"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D5C98AC"/>
+    <w:lvl w:ilvl="0" w:tplc="2312AAF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420A39FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C7BE588A"/>
     <w:styleLink w:val="WWNum34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="715" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="955" w:hanging="480"/>
@@ -28454,51 +18709,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3355" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3835" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4315" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D0427A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B8AA8B4"/>
     <w:lvl w:ilvl="0" w:tplc="3D9AA28E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28595,51 +18850,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43EE3AB4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="92540354"/>
     <w:styleLink w:val="WWNum22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1675" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -28682,51 +18937,173 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4075" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4555" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5035" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46DC2F67"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8252F94E"/>
+    <w:lvl w:ilvl="0" w:tplc="C63A263A">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1335" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="8"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DE2CBFF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C3C28014">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1641" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FBF6D4A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1792" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9F2E0FEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="628615FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2093" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="98BA8454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2244" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3202030A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2394" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C36DF88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2545" w:hanging="308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="473B598A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A97A34BC"/>
     <w:styleLink w:val="WWNum15"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1001" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -28769,51 +19146,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47833293"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F67ED004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28910,51 +19287,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B3034BB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E960884"/>
     <w:styleLink w:val="WWNum16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1001" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -28997,51 +19374,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DAA4A1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1040708"/>
     <w:lvl w:ilvl="0" w:tplc="A810E622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="40"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29138,51 +19515,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E46211B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="971800A6"/>
     <w:lvl w:ilvl="0" w:tplc="15FCE7F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="50"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29279,51 +19656,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="563F01BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3EA529C"/>
     <w:lvl w:ilvl="0" w:tplc="A810E622">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="a4"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1394" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1994" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -29393,51 +19770,318 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4874" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5354" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="564F51F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D646EE2"/>
+    <w:lvl w:ilvl="0" w:tplc="E5604E18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="940" w:hanging="460"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C2D7448"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4E07C8C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C24E410">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="（%1）"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1365" w:hanging="765"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E287971"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D5C6DD4"/>
+    <w:lvl w:ilvl="0" w:tplc="9F4805B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="602F2C2B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40AC8F6A"/>
     <w:styleLink w:val="WWNum131"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1001" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1241" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -29480,51 +20124,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3641" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4121" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4601" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61BB0E4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF1840AC"/>
     <w:lvl w:ilvl="0" w:tplc="259C2C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographLegalTraditional"/>
       <w:pStyle w:val="a5"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C9566688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29621,51 +20265,230 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A03E1CBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62AC2341"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C8E9506"/>
+    <w:lvl w:ilvl="0" w:tplc="7EC0ED38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="（%1）"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1365" w:hanging="765"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64E91E10"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3858DCF8"/>
+    <w:lvl w:ilvl="0" w:tplc="6D862426">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67987101"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03180858"/>
     <w:lvl w:ilvl="0" w:tplc="A810E622">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="30"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
@@ -29737,51 +20560,226 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A23035C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FBCC65B0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="japaneseCounting"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1241" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1721" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2201" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2681" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3161" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3641" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4121" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4601" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B51610F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E4470B8"/>
+    <w:lvl w:ilvl="0" w:tplc="FDC62AC8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographLegalTraditional"/>
+      <w:lvlText w:val="第%1章"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9768" w:hanging="1404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9324" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9804" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10284" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10764" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="11244" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11724" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12204" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="12684" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D257322"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="832CD856"/>
     <w:styleLink w:val="WWNum141"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1314" w:hanging="465"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1809" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -29824,51 +20822,612 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4209" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4689" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5169" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F0C6CF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="066C9C36"/>
+    <w:lvl w:ilvl="0" w:tplc="294C9F76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2913" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4353" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76880FD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A44064E"/>
+    <w:lvl w:ilvl="0" w:tplc="4E4E9B82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1061" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="19"/>
+        <w:w w:val="69"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6248D2CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CD221E20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1417" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2ACADD1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1596" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B79C5624">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1774" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="32C2923C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9ED036E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2132" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8CECA42A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2310" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="62DE33A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2489" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0267FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79AE8C14"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B4C5372"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75188C54"/>
+    <w:lvl w:ilvl="0" w:tplc="F6D267A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DBC6D79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C79A124C"/>
+    <w:lvl w:ilvl="0" w:tplc="007A84F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1461" w:hanging="460"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1961" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2441" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2921" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3401" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3881" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4361" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4841" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5321" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC54924"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D93A0198"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="japaneseCounting"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1241" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1721" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2201" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2681" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3161" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3641" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4121" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4601" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E78069C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="794E1664"/>
     <w:styleLink w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
@@ -29914,231 +21473,584 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="449785282">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="718012493">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1740328927">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="959528887">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="744304596">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2011177870">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1302616500">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2058434302">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2136294892">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2092311837">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1245990255">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="666788278">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="639770915">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1352603826">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1764185967">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="620839520">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="288053559">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="795754401">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="84958864">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="466944428">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="363754024">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1007439138">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1630938925">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1817212283">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1243831441">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="34277600">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1150436769">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="941257285">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2058158092">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1369987777">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1526360512">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1316060392">
+    <w:abstractNumId w:val="47"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1482622227">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1736658139">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1279726964">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1955822701">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="37" w16cid:durableId="231281735">
+    <w:abstractNumId w:val="33"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="japaneseCounting"/>
+        <w:lvlText w:val="%1、"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1001" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="38" w16cid:durableId="1973288970">
+    <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="39" w16cid:durableId="2141874325">
+    <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="40" w16cid:durableId="1452944395">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="985671455">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="142552112">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="28071818">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="675688952">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="826016083">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="381557392">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1413312396">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1640308022">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1809740732">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="812143809">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1953971156">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2121101052">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1161195227">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1131633826">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="475414171">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="935868457">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="785737103">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="1211763354">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1190996479">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1962956949">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
-[...65 lines deleted...]
-  <w:numIdMacAtCleanup w:val="27"/>
+  <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="zh-TW" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="zh-TW" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FF5B0C"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsidRoot w:val="00B60E5C"/>
+    <w:rsid w:val="00003D7B"/>
+    <w:rsid w:val="00004A11"/>
+    <w:rsid w:val="00007D3D"/>
+    <w:rsid w:val="000133CE"/>
+    <w:rsid w:val="00016106"/>
+    <w:rsid w:val="00022CC4"/>
+    <w:rsid w:val="00033EF0"/>
+    <w:rsid w:val="00050779"/>
+    <w:rsid w:val="000621B2"/>
+    <w:rsid w:val="00063A33"/>
+    <w:rsid w:val="00077B4B"/>
+    <w:rsid w:val="00082ADD"/>
+    <w:rsid w:val="00087DD6"/>
+    <w:rsid w:val="000A518A"/>
+    <w:rsid w:val="000B2B57"/>
+    <w:rsid w:val="000B7CD7"/>
+    <w:rsid w:val="000C0A81"/>
+    <w:rsid w:val="000C4C6D"/>
+    <w:rsid w:val="000D10E2"/>
+    <w:rsid w:val="000E29FB"/>
+    <w:rsid w:val="00127E6B"/>
+    <w:rsid w:val="001464BD"/>
+    <w:rsid w:val="00151B38"/>
+    <w:rsid w:val="001912DF"/>
+    <w:rsid w:val="0019255A"/>
+    <w:rsid w:val="001A21B3"/>
+    <w:rsid w:val="001A6FAC"/>
+    <w:rsid w:val="001B0141"/>
+    <w:rsid w:val="001B0A07"/>
+    <w:rsid w:val="001D62ED"/>
+    <w:rsid w:val="001D77A1"/>
+    <w:rsid w:val="001E102E"/>
+    <w:rsid w:val="002114EB"/>
+    <w:rsid w:val="002150AE"/>
+    <w:rsid w:val="00235922"/>
+    <w:rsid w:val="0024020B"/>
+    <w:rsid w:val="00240D13"/>
+    <w:rsid w:val="00254E7D"/>
+    <w:rsid w:val="00256AE7"/>
+    <w:rsid w:val="002A6E87"/>
+    <w:rsid w:val="002B1480"/>
+    <w:rsid w:val="002C3E51"/>
+    <w:rsid w:val="002C4F7E"/>
+    <w:rsid w:val="002D558A"/>
+    <w:rsid w:val="00311F11"/>
+    <w:rsid w:val="00350D7E"/>
+    <w:rsid w:val="003704CE"/>
+    <w:rsid w:val="00373BBA"/>
+    <w:rsid w:val="003B0A9F"/>
+    <w:rsid w:val="003C3C89"/>
+    <w:rsid w:val="003F153A"/>
+    <w:rsid w:val="00411697"/>
+    <w:rsid w:val="004177C7"/>
+    <w:rsid w:val="004204D9"/>
+    <w:rsid w:val="00430B94"/>
+    <w:rsid w:val="00434477"/>
+    <w:rsid w:val="0043590E"/>
+    <w:rsid w:val="00443528"/>
+    <w:rsid w:val="00453087"/>
+    <w:rsid w:val="00460834"/>
+    <w:rsid w:val="004815A8"/>
+    <w:rsid w:val="00491B68"/>
+    <w:rsid w:val="0049249F"/>
+    <w:rsid w:val="004A3826"/>
+    <w:rsid w:val="004B5B57"/>
+    <w:rsid w:val="004C2FD7"/>
+    <w:rsid w:val="004C60E0"/>
+    <w:rsid w:val="004F6394"/>
+    <w:rsid w:val="005008E1"/>
+    <w:rsid w:val="00504CF6"/>
+    <w:rsid w:val="005111C9"/>
+    <w:rsid w:val="00515A05"/>
+    <w:rsid w:val="005469EA"/>
+    <w:rsid w:val="00565216"/>
+    <w:rsid w:val="00572BF9"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rsid w:val="00584BF2"/>
+    <w:rsid w:val="005A71D2"/>
+    <w:rsid w:val="005B5F08"/>
+    <w:rsid w:val="005C3D0E"/>
+    <w:rsid w:val="005D46F4"/>
+    <w:rsid w:val="005E1560"/>
+    <w:rsid w:val="005E15B7"/>
+    <w:rsid w:val="005E3C4C"/>
+    <w:rsid w:val="0061204D"/>
+    <w:rsid w:val="00633424"/>
+    <w:rsid w:val="00650C1E"/>
+    <w:rsid w:val="00651797"/>
+    <w:rsid w:val="00653F8E"/>
+    <w:rsid w:val="00681AD4"/>
+    <w:rsid w:val="006928F4"/>
+    <w:rsid w:val="00695046"/>
+    <w:rsid w:val="006A4368"/>
+    <w:rsid w:val="006A5A02"/>
+    <w:rsid w:val="006C5A31"/>
+    <w:rsid w:val="006D3EF4"/>
+    <w:rsid w:val="006D40CC"/>
+    <w:rsid w:val="006D682D"/>
+    <w:rsid w:val="006E2528"/>
+    <w:rsid w:val="006F59DA"/>
+    <w:rsid w:val="00706841"/>
+    <w:rsid w:val="00716668"/>
+    <w:rsid w:val="00717617"/>
+    <w:rsid w:val="0072105C"/>
+    <w:rsid w:val="00744278"/>
+    <w:rsid w:val="00747A40"/>
+    <w:rsid w:val="00763E9A"/>
+    <w:rsid w:val="0076496D"/>
+    <w:rsid w:val="00774364"/>
+    <w:rsid w:val="00795CFB"/>
+    <w:rsid w:val="007A7A8D"/>
+    <w:rsid w:val="007B4295"/>
+    <w:rsid w:val="007B5E43"/>
+    <w:rsid w:val="007B748B"/>
+    <w:rsid w:val="007C2BA9"/>
+    <w:rsid w:val="007C3C3A"/>
+    <w:rsid w:val="007C6AE7"/>
+    <w:rsid w:val="007D2728"/>
+    <w:rsid w:val="007E7D27"/>
+    <w:rsid w:val="00803C73"/>
+    <w:rsid w:val="00832DC3"/>
+    <w:rsid w:val="00840F42"/>
+    <w:rsid w:val="008468CF"/>
+    <w:rsid w:val="008633C9"/>
+    <w:rsid w:val="00864983"/>
+    <w:rsid w:val="00876A69"/>
+    <w:rsid w:val="0088785C"/>
+    <w:rsid w:val="008A2B6B"/>
+    <w:rsid w:val="008A47F9"/>
+    <w:rsid w:val="008A70BD"/>
+    <w:rsid w:val="008C0183"/>
+    <w:rsid w:val="008C34A3"/>
+    <w:rsid w:val="008C6A33"/>
+    <w:rsid w:val="008D617F"/>
+    <w:rsid w:val="008E19F3"/>
+    <w:rsid w:val="008E1E58"/>
+    <w:rsid w:val="008E7141"/>
+    <w:rsid w:val="008F4F51"/>
+    <w:rsid w:val="008F77F0"/>
+    <w:rsid w:val="009054B3"/>
+    <w:rsid w:val="00915996"/>
+    <w:rsid w:val="00933119"/>
+    <w:rsid w:val="00940252"/>
+    <w:rsid w:val="00945A1B"/>
+    <w:rsid w:val="00965F47"/>
+    <w:rsid w:val="009759ED"/>
+    <w:rsid w:val="00987E7F"/>
+    <w:rsid w:val="009D146C"/>
+    <w:rsid w:val="009D31AE"/>
+    <w:rsid w:val="009F2457"/>
+    <w:rsid w:val="00A11ADC"/>
+    <w:rsid w:val="00A47950"/>
+    <w:rsid w:val="00A63D29"/>
+    <w:rsid w:val="00A65D8D"/>
+    <w:rsid w:val="00A67000"/>
+    <w:rsid w:val="00A82ABF"/>
+    <w:rsid w:val="00A8460C"/>
+    <w:rsid w:val="00AC44ED"/>
+    <w:rsid w:val="00AC4D91"/>
+    <w:rsid w:val="00AE0E53"/>
+    <w:rsid w:val="00AE36F2"/>
+    <w:rsid w:val="00AE4DD3"/>
+    <w:rsid w:val="00AE5369"/>
+    <w:rsid w:val="00AF1977"/>
+    <w:rsid w:val="00B07F5A"/>
+    <w:rsid w:val="00B11FAC"/>
+    <w:rsid w:val="00B1447B"/>
+    <w:rsid w:val="00B25376"/>
+    <w:rsid w:val="00B367B9"/>
+    <w:rsid w:val="00B377D8"/>
+    <w:rsid w:val="00B507D5"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:rsid w:val="00B80989"/>
+    <w:rsid w:val="00B901B3"/>
+    <w:rsid w:val="00B929AB"/>
+    <w:rsid w:val="00BA03C5"/>
+    <w:rsid w:val="00BC1A31"/>
+    <w:rsid w:val="00BD51A7"/>
+    <w:rsid w:val="00BD5608"/>
+    <w:rsid w:val="00BF2670"/>
+    <w:rsid w:val="00C00B43"/>
+    <w:rsid w:val="00C21EFD"/>
+    <w:rsid w:val="00C26C28"/>
+    <w:rsid w:val="00C314E9"/>
+    <w:rsid w:val="00C462BF"/>
+    <w:rsid w:val="00C5585E"/>
+    <w:rsid w:val="00C66492"/>
+    <w:rsid w:val="00CA54DA"/>
+    <w:rsid w:val="00CC4AC8"/>
+    <w:rsid w:val="00CC6451"/>
+    <w:rsid w:val="00D22A4A"/>
+    <w:rsid w:val="00D266FD"/>
+    <w:rsid w:val="00D3443C"/>
+    <w:rsid w:val="00D412E6"/>
+    <w:rsid w:val="00D577F6"/>
+    <w:rsid w:val="00D73843"/>
+    <w:rsid w:val="00D868E6"/>
+    <w:rsid w:val="00DA44C1"/>
+    <w:rsid w:val="00DA4A1B"/>
+    <w:rsid w:val="00DB3831"/>
+    <w:rsid w:val="00DC51AB"/>
+    <w:rsid w:val="00DD0405"/>
+    <w:rsid w:val="00DD28BD"/>
+    <w:rsid w:val="00DE65E9"/>
+    <w:rsid w:val="00DF1E56"/>
+    <w:rsid w:val="00E12C10"/>
+    <w:rsid w:val="00E52FA5"/>
+    <w:rsid w:val="00E662D2"/>
+    <w:rsid w:val="00E85783"/>
+    <w:rsid w:val="00E96A4D"/>
+    <w:rsid w:val="00EA2E0A"/>
+    <w:rsid w:val="00EA4619"/>
+    <w:rsid w:val="00EB1F7A"/>
+    <w:rsid w:val="00ED2803"/>
+    <w:rsid w:val="00EE378C"/>
+    <w:rsid w:val="00EF7092"/>
+    <w:rsid w:val="00F239EE"/>
+    <w:rsid w:val="00F259BC"/>
+    <w:rsid w:val="00F42034"/>
+    <w:rsid w:val="00F51126"/>
+    <w:rsid w:val="00F52FF1"/>
+    <w:rsid w:val="00F82042"/>
+    <w:rsid w:val="00F83534"/>
+    <w:rsid w:val="00F86A4E"/>
+    <w:rsid w:val="00F9054D"/>
+    <w:rsid w:val="00F967D1"/>
+    <w:rsid w:val="00FA26AF"/>
+    <w:rsid w:val="00FA47DA"/>
+    <w:rsid w:val="00FB403E"/>
+    <w:rsid w:val="00FB70E0"/>
+    <w:rsid w:val="00FD14FB"/>
+    <w:rsid w:val="00FD3642"/>
+    <w:rsid w:val="00FD58C0"/>
+    <w:rsid w:val="00FE15A3"/>
+    <w:rsid w:val="00FE3D88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="131FBB37"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{21218BFA-DF31-44F7-AC61-6CDD62662129}"/>
+  <w15:docId w15:val="{C52EEBAD-0473-4E6D-916C-53B53728C5B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -30200,95 +22112,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -30467,7126 +22382,7289 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a6">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="字元,章,章章"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="180" w:line="720" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="52"/>
       <w:sz w:val="52"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="節,節節"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a7"/>
     <w:link w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120" w:line="600" w:lineRule="exact"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="31">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="32"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="41">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="42"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="51">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="52"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:leftChars="200" w:left="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:leftChars="200" w:left="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:leftChars="400" w:left="400"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:leftChars="400" w:left="400"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:leftChars="400" w:left="400"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a8">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a9">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="aa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="頁首 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="頁尾 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a6"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4800"/>
+        <w:tab w:val="left" w:pos="5760"/>
+        <w:tab w:val="left" w:pos="6720"/>
+        <w:tab w:val="left" w:pos="7680"/>
+        <w:tab w:val="left" w:pos="8789"/>
+        <w:tab w:val="left" w:pos="9600"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="440" w:lineRule="exact"/>
+      <w:ind w:left="1077" w:right="-637" w:firstLine="3"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="bottom"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="40">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="480"/>
+        <w:tab w:val="num" w:pos="1801"/>
+      </w:tabs>
+      <w:ind w:leftChars="800" w:left="1801" w:hangingChars="200" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B60E5C"/>
+    <w:pPr>
+      <w:ind w:leftChars="200" w:left="480"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="標題 1 字元"/>
     <w:aliases w:val="字元 字元,章 字元,章章 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="52"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="21">
     <w:name w:val="標題 2 字元"/>
     <w:aliases w:val="節 字元,節節 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="20"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="標題 3 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="31"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="42">
     <w:name w:val="標題 4 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="41"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="52">
     <w:name w:val="標題 5 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="51"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="標題 6 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="標題 7 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="標題 8 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="標題 9 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal Indent"/>
     <w:aliases w:val="內文縮排 字元"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="11"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="內文縮排 字元1"/>
     <w:aliases w:val="內文縮排 字元 字元"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...68 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="af1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:right="193" w:firstLineChars="211" w:firstLine="211"/>
       <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="2"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="本文縮排 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="問候 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
     <w:name w:val="文"/>
-    <w:basedOn w:val="af5"/>
-    <w:link w:val="af6"/>
+    <w:basedOn w:val="af8"/>
+    <w:link w:val="af9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af5">
+  <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="af7"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:link w:val="afa"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
+    <w:name w:val="本文 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
     <w:name w:val="文 字元"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afb">
     <w:name w:val="表目錄"/>
-    <w:basedOn w:val="af9"/>
+    <w:basedOn w:val="afc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="500" w:lineRule="exact"/>
       <w:ind w:leftChars="0" w:left="560" w:firstLineChars="0" w:hanging="560"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af9">
+  <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="400" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afa">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afd">
     <w:name w:val="表"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="afb"/>
+    <w:link w:val="afe"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:overflowPunct w:val="0"/>
       <w:topLinePunct/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...10 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afc">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afe">
+    <w:name w:val="表 字元"/>
+    <w:link w:val="afd"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff">
     <w:name w:val="表說明"/>
-    <w:basedOn w:val="af4"/>
+    <w:basedOn w:val="af7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="0" w:afterLines="0"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afd">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff0">
     <w:name w:val="（一文"/>
-    <w:basedOn w:val="af4"/>
+    <w:basedOn w:val="af7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="105" w:left="294" w:firstLineChars="200" w:firstLine="560"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="本文1"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="13"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:line="480" w:lineRule="exact"/>
       <w:ind w:firstLineChars="200" w:firstLine="480"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:color w:val="444444"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="13">
     <w:name w:val="本文1 字元"/>
     <w:link w:val="12"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:color w:val="444444"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afe">
+  <w:style w:type="paragraph" w:styleId="aff1">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="aff"/>
+    <w:link w:val="aff2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="2"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aff">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff2">
     <w:name w:val="文件引導模式 字元"/>
     <w:basedOn w:val="a8"/>
-    <w:link w:val="afe"/>
+    <w:link w:val="aff1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="2"/>
       <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl24">
     <w:name w:val="xl24"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Arial Unicode MS"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Arial Unicode MS" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff3">
     <w:name w:val="圖"/>
     <w:aliases w:val="無間距1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="500" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="750"/>
         <w:tab w:val="right" w:leader="dot" w:pos="8296"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="20" w:before="72" w:line="280" w:lineRule="exact"/>
       <w:ind w:leftChars="118" w:left="283"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="14">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8296"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:before="180"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:noProof/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aff1">
+  <w:style w:type="character" w:styleId="aff4">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="aff2">
+  <w:style w:type="table" w:styleId="aff5">
     <w:name w:val="Table Grid"/>
     <w:aliases w:val="功能需求表格"/>
     <w:basedOn w:val="a9"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="23">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="24"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="24">
     <w:name w:val="本文縮排 2 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="23"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="純文字1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aff3">
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="aff4"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
+    <w:link w:val="aff7"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff7">
+    <w:name w:val="註解方塊文字 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="aff6"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff8">
     <w:name w:val="標一"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="600"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="56"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
     <w:name w:val="文1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:firstLine="600"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="30"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="140">
     <w:name w:val="表格14級字"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff6">
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff9">
     <w:name w:val="中標"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1694"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="1064" w:hanging="1064"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="華康細圓體" w:eastAsia="細明體"/>
+      <w:rFonts w:ascii="華康細圓體" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:spacing w:val="6"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff7">
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affa">
     <w:name w:val="委託"/>
-    <w:basedOn w:val="aff6"/>
+    <w:basedOn w:val="aff9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1694"/>
       </w:tabs>
       <w:ind w:left="1610" w:hanging="1610"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="00">
     <w:name w:val="內文00"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:leader="dot" w:pos="7938"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="60" w:after="60" w:line="300" w:lineRule="atLeast"/>
       <w:ind w:leftChars="97" w:left="97" w:hanging="186"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="8"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="aff8">
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affb">
     <w:name w:val="*小節標題"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff9">
+  <w:style w:type="paragraph" w:styleId="affc">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="affa"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
+    <w:link w:val="affd"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affb">
+  <w:style w:type="character" w:customStyle="1" w:styleId="affd">
+    <w:name w:val="純文字 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="affc"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affe">
     <w:name w:val="一"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="600" w:after="360" w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="36"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="thesis">
     <w:name w:val="thesis"/>
     <w:basedOn w:val="1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="0" w:after="0" w:line="480" w:lineRule="atLeast"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TimesNewRoman" w:eastAsia="細明體" w:hAnsi="TimesNewRoman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="參考文獻"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="120" w:line="360" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a2">
     <w:name w:val="履歷內文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:line="320" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="25">
     <w:name w:val="履歷標題2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="320" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="-6"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
     <w:name w:val="履歷標題1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="50" w:line="320" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="-6"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="33">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="007C2BA9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8296"/>
       </w:tabs>
-      <w:spacing w:beforeLines="30" w:line="280" w:lineRule="exact"/>
-[...3 lines deleted...]
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:leftChars="179" w:left="1085" w:hangingChars="234" w:hanging="655"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="googqs-tidbit1">
     <w:name w:val="goog_qs-tidbit1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="affc">
+    <w:rsid w:val="0057535B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afff">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
-    <w:link w:val="affd"/>
+    <w:link w:val="afff0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="affe">
-[...1 lines deleted...]
-    <w:basedOn w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afff0">
+    <w:name w:val="註釋標題 字元"/>
+    <w:basedOn w:val="a8"/>
     <w:link w:val="afff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="afff1">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="afff2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057535B"/>
+    <w:pPr>
+      <w:ind w:leftChars="1800" w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afff2">
+    <w:name w:val="結語 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="afff1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="110">
     <w:name w:val="1.1 內文"/>
     <w:link w:val="111"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="113" w:firstLine="482"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="全真中仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="111">
     <w:name w:val="1.1 內文 字元"/>
     <w:link w:val="110"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="全真中仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1110">
     <w:name w:val="1.1.1文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:ind w:left="454" w:firstLine="454"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="全真中仿宋"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="全真中仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="10"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="18">
     <w:name w:val="(1)"/>
     <w:next w:val="110"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="118" w:left="284" w:hanging="1"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff3">
     <w:name w:val="表內容"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff4">
     <w:name w:val="系統表格置中"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff2">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff5">
     <w:name w:val="五、後內文"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="afff3"/>
+    <w:link w:val="afff6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="168" w:left="538" w:firstLine="542"/>
       <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff4">
-[...1 lines deleted...]
-    <w:basedOn w:val="afff2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afff6">
+    <w:name w:val="五、後內文 字元"/>
     <w:link w:val="afff5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...7 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff7">
+    <w:name w:val="五後(一)"/>
+    <w:basedOn w:val="afff5"/>
+    <w:link w:val="afff8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057535B"/>
+    <w:pPr>
+      <w:ind w:leftChars="131" w:left="419" w:firstLine="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afff8">
+    <w:name w:val="五後(一) 字元"/>
+    <w:link w:val="afff7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="標楷體"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff9">
     <w:name w:val="公式"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8540"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="20" w:afterLines="20"/>
       <w:ind w:firstLine="560"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff7">
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffa">
     <w:name w:val="圖目錄"/>
-    <w:basedOn w:val="af9"/>
+    <w:basedOn w:val="afc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="500" w:lineRule="exact"/>
       <w:ind w:leftChars="0" w:left="560" w:firstLineChars="0" w:hanging="560"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Head1">
     <w:name w:val="Head1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="HTML0"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體"/>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="HTML 預設格式 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="HTML"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afff8">
-[...28 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afff9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffb">
     <w:name w:val="表標題"/>
     <w:basedOn w:val="a6"/>
-    <w:link w:val="afffa"/>
+    <w:link w:val="afffc"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffb">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffd">
     <w:name w:val="標題三內文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:leftChars="590" w:left="1416"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffc">
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffe">
     <w:name w:val="標題六內文"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="708" w:left="1699"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffd">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff">
     <w:name w:val="標題五內文"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:leftChars="650" w:left="1560"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffe">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff0">
     <w:name w:val="標題四內文"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="708" w:left="1699"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="標題一"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1701"/>
         <w:tab w:val="num" w:pos="567"/>
       </w:tabs>
       <w:spacing w:beforeLines="50"/>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a0">
     <w:name w:val="標題二"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1985"/>
         <w:tab w:val="num" w:pos="1021"/>
       </w:tabs>
       <w:spacing w:beforeLines="50" w:afterLines="50"/>
       <w:ind w:left="1021" w:hanging="454"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff1">
     <w:name w:val="標題三"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1701"/>
       </w:tabs>
       <w:ind w:left="1701" w:hanging="850"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff2">
     <w:name w:val="標題四"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1985"/>
       </w:tabs>
       <w:ind w:left="1985" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="19">
     <w:name w:val="1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="exact"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="華康粗圓體" w:eastAsia="華康粗圓體"/>
+      <w:rFonts w:ascii="華康粗圓體" w:eastAsia="華康粗圓體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
-    </w:rPr>
-[...4 lines deleted...]
-    <w:link w:val="affff2"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="清單段落 字元"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
-[...21 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="character" w:styleId="affff3">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff4">
     <w:name w:val="履歷本文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="540"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="320" w:lineRule="exact"/>
       <w:ind w:left="540" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff5">
     <w:name w:val="拾壹"/>
     <w:basedOn w:val="1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="0" w:after="0" w:line="220" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff6">
     <w:name w:val="標題五"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="2325"/>
       </w:tabs>
       <w:ind w:left="2325" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1a">
     <w:name w:val="1文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:kinsoku w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="300" w:lineRule="auto"/>
       <w:ind w:left="1457"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affff7">
     <w:name w:val="Subtitle"/>
     <w:aliases w:val="標題-圖目錄"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="affff8"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affff8">
     <w:name w:val="副標題 字元"/>
     <w:aliases w:val="標題-圖目錄 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="affff7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1b">
     <w:name w:val="清單段落1"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26">
     <w:name w:val="清單段落2"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="27">
     <w:name w:val="標2"/>
     <w:basedOn w:val="31"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="400" w:lineRule="atLeast"/>
       <w:ind w:left="700" w:hangingChars="700" w:hanging="700"/>
       <w:jc w:val="both"/>
       <w:textDirection w:val="lrTbV"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affff9">
     <w:name w:val="表內容 置中"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-2">
     <w:name w:val="1-2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="100" w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="28">
     <w:name w:val="標題2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="T">
     <w:name w:val="T"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="440" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="body">
     <w:name w:val="body"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML1">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="HTML2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-    <w:rPr>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML2">
     <w:name w:val="HTML 位址 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="HTML1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffa">
     <w:name w:val="Date"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="affffb"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffb">
     <w:name w:val="日期 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="affffa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffc">
     <w:name w:val="macro"/>
     <w:link w:val="affffd"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="新細明體" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffd">
     <w:name w:val="巨集文字 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="affffc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="新細明體" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="29">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="2a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2a">
     <w:name w:val="本文 2 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="29"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="34">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="35"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="35">
     <w:name w:val="本文 3 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="34"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffe">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="af5"/>
+    <w:basedOn w:val="af8"/>
     <w:link w:val="afffff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:firstLineChars="100" w:firstLine="210"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffff">
     <w:name w:val="本文第一層縮排 字元"/>
-    <w:basedOn w:val="af7"/>
+    <w:basedOn w:val="afa"/>
     <w:link w:val="affffe"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2b">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="af0"/>
+    <w:basedOn w:val="af3"/>
     <w:link w:val="2c"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:leftChars="200" w:left="480" w:right="0" w:firstLineChars="100" w:firstLine="210"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2c">
     <w:name w:val="本文第一層縮排 2 字元"/>
-    <w:basedOn w:val="af1"/>
+    <w:basedOn w:val="af4"/>
     <w:link w:val="2b"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="2"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="36">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="37"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="37">
     <w:name w:val="本文縮排 3 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="36"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="43">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="600" w:left="1440"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="53">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="800" w:left="1920"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="61">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1000" w:left="2400"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="71">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1200" w:left="2880"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="81">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1400" w:left="3360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="91">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1600" w:left="3840"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff0">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:leftChars="1200" w:left="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff1">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff2">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1c">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-    <w:rPr>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2d">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="38">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="400"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="44">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="600" w:left="600"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="54">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="800" w:left="800"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="62">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1000" w:left="1000"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="72">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1200" w:left="1200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="82">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1400" w:left="1400"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="92">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1600" w:left="1600"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff3">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="1c"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff4">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffff5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:leftChars="400" w:left="1080" w:hangingChars="400" w:hanging="1080"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffff5">
     <w:name w:val="訊息欄位名稱 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="afffff4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff6">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff7">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2e">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="400" w:left="960"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="39">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="600" w:left="1440"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="45">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="800" w:left="1920"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="55">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:leftChars="1000" w:left="2400"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff8">
     <w:name w:val="List"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="100" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2f">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="100" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3a">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="600" w:left="100" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="46">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="800" w:left="100" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="56">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1000" w:left="100" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffff9">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="361"/>
       </w:tabs>
       <w:ind w:leftChars="200" w:left="361" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2f0">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="841"/>
       </w:tabs>
       <w:ind w:leftChars="400" w:left="841" w:hangingChars="200" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="30">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1321"/>
       </w:tabs>
       <w:ind w:leftChars="600" w:left="1321" w:hangingChars="200" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1801"/>
       </w:tabs>
       <w:ind w:leftChars="800" w:left="1801" w:hangingChars="200" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="2281"/>
       </w:tabs>
       <w:ind w:leftChars="1000" w:left="2281" w:hangingChars="200" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffffa">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffb"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffb">
     <w:name w:val="章節附註文字 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="afffffa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffffc">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffd"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffd">
     <w:name w:val="註腳文字 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="afffffc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffffe">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-    <w:rPr>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffff">
     <w:name w:val="註解文字 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="afffffe"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffff0">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="afffffe"/>
     <w:next w:val="afffffe"/>
     <w:link w:val="affffff1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffff1">
     <w:name w:val="註解主旨 字元"/>
     <w:basedOn w:val="affffff"/>
     <w:link w:val="affffff0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="361"/>
       </w:tabs>
       <w:ind w:leftChars="200" w:left="361" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="360"/>
         <w:tab w:val="num" w:pos="841"/>
       </w:tabs>
       <w:ind w:leftChars="400" w:left="841" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="10"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1321"/>
       </w:tabs>
       <w:ind w:leftChars="600" w:left="1321" w:hangingChars="200" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
-[...17 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="50">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="360"/>
         <w:tab w:val="num" w:pos="2281"/>
       </w:tabs>
       <w:ind w:leftChars="1000" w:left="2281" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffff2">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffff3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-    <w:rPr>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffff3">
     <w:name w:val="電子郵件簽名 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="affffff2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffff4">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="affffff5"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
-    <w:rPr>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffff5">
     <w:name w:val="標號 字元"/>
     <w:link w:val="affffff4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffff6">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffff7"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...13 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affffff7">
+    <w:name w:val="標題 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="affffff6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="affffff8">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffff9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="1800" w:left="100"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffff9">
     <w:name w:val="簽名 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="affffff8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffa">
     <w:name w:val="內文 + 標楷體"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="javascript">
     <w:name w:val="javascript"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffb">
     <w:name w:val="節標題"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4800"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6720"/>
         <w:tab w:val="left" w:pos="7680"/>
         <w:tab w:val="left" w:pos="8520"/>
         <w:tab w:val="left" w:pos="8640"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffc">
     <w:name w:val="計畫名稱"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffd">
     <w:name w:val="(一)文"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="84" w:firstLine="616"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1d">
     <w:name w:val="(一)1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="480" w:lineRule="exact"/>
       <w:ind w:leftChars="200" w:left="897" w:hanging="697"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1e">
     <w:name w:val="內文1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="480" w:lineRule="exact"/>
       <w:ind w:leftChars="200" w:left="200" w:firstLineChars="200" w:firstLine="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f">
     <w:name w:val="1."/>
     <w:basedOn w:val="1d"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:leftChars="250" w:left="330" w:hangingChars="80" w:hanging="80"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f0">
     <w:name w:val="標題1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="20" w:afterLines="20" w:line="400" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f1">
     <w:name w:val="(1)後內文"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:link w:val="1f2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="460" w:lineRule="exact"/>
       <w:ind w:leftChars="525" w:left="1260" w:rightChars="15" w:right="36" w:firstLineChars="192" w:firstLine="538"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1f2">
     <w:name w:val="(1)後內文 字元"/>
     <w:link w:val="1f1"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffe">
     <w:name w:val="(一)"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="100"/>
       <w:ind w:left="800" w:hangingChars="800" w:hanging="800"/>
       <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...12 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afffffff">
+    <w:name w:val="(一) 字元"/>
+    <w:link w:val="affffffe"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f3">
     <w:name w:val="(一)後1."/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="1f4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:afterLines="20" w:line="460" w:lineRule="exact"/>
       <w:ind w:leftChars="300" w:left="300" w:rightChars="-34" w:right="-34"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1f4">
     <w:name w:val="(一)後1. 字元"/>
     <w:link w:val="1f3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="112">
     <w:name w:val="1.後(1)"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:link w:val="113"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="460" w:lineRule="exact"/>
       <w:ind w:leftChars="350" w:left="1260" w:rightChars="15" w:right="36" w:hangingChars="150" w:hanging="420"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="113">
     <w:name w:val="1.後(1) 字元"/>
     <w:link w:val="112"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f5">
     <w:name w:val="1.後內文"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:link w:val="1f6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="460" w:lineRule="exact"/>
       <w:ind w:leftChars="375" w:left="900" w:rightChars="15" w:right="36" w:firstLineChars="192" w:firstLine="538"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1f6">
     <w:name w:val="1.後內文 字元"/>
     <w:link w:val="1f5"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff0">
     <w:name w:val="施工前中後"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:hAnsi="細明體"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff1">
     <w:name w:val="施工照片"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="25" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff2">
     <w:name w:val="會別"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:left="2883" w:hangingChars="800" w:hanging="2883"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01">
     <w:name w:val="樣式 照片名 + 靠左 套用後:  0.1 列"/>
     <w:basedOn w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="華康中圓體(P)" w:eastAsia="華康中圓體(P)" w:hAnsi="標楷體" w:cs="新細明體"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="339966"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff3">
     <w:name w:val="經費文字靠左"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffff4"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="-2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffff4">
     <w:name w:val="經費文字靠左 字元"/>
     <w:link w:val="afffffff3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f7">
     <w:name w:val="五、內文1."/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="1f8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1549"/>
       </w:tabs>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:left="1549" w:hanging="301"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1f8">
     <w:name w:val="五、內文1. 字元"/>
     <w:link w:val="1f7"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff5">
     <w:name w:val="經費文字置中"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffff6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffff6">
     <w:name w:val="經費文字置中 字元"/>
     <w:link w:val="afffffff5"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afffffff7">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a6"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:keepLines/>
       <w:widowControl/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="20" w:afterLines="20" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:color w:val="365F91"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afffffff8">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2f1">
     <w:name w:val="純文字2"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffff9">
     <w:name w:val="摘要"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:left="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffa">
     <w:name w:val="摘要內文"/>
-    <w:basedOn w:val="af0"/>
+    <w:basedOn w:val="af3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="0" w:line="500" w:lineRule="exact"/>
       <w:ind w:leftChars="100" w:left="240" w:right="0" w:firstLineChars="200" w:firstLine="560"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
       <w:spacing w:val="0"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
     <w:name w:val="壹標題"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a1">
     <w:name w:val="一標題"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1f9">
     <w:name w:val="一後1."/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="281" w:left="702" w:hangingChars="10" w:hanging="28"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1212">
     <w:name w:val="樣式 1.後內文 + 第一行:  2.12 字元"/>
     <w:basedOn w:val="1f5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:rightChars="0" w:right="0" w:firstLineChars="212" w:firstLine="594"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="新細明體"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffb">
     <w:name w:val="(一)後內文"/>
     <w:basedOn w:val="1f5"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="500" w:lineRule="exact"/>
       <w:ind w:left="375" w:rightChars="0" w:right="0" w:firstLineChars="212" w:firstLine="212"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="新細明體"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1fa">
     <w:name w:val="1.段"/>
     <w:basedOn w:val="1f5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="500" w:lineRule="exact"/>
       <w:ind w:leftChars="450" w:left="1284" w:rightChars="0" w:right="0" w:hangingChars="73" w:hanging="204"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1fb">
     <w:name w:val="(1)段"/>
     <w:basedOn w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="450" w:left="1800" w:hangingChars="257" w:hanging="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1fc">
     <w:name w:val="(1)後文"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="500" w:lineRule="exact"/>
       <w:ind w:leftChars="673" w:left="1615" w:firstLine="544"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Afffffffc">
     <w:name w:val="A.後文"/>
     <w:basedOn w:val="1fc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="750" w:left="1800" w:firstLine="5"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A0">
     <w:name w:val="(1)後A."/>
     <w:basedOn w:val="1fc"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="600" w:left="600" w:hanging="175"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1fd">
     <w:name w:val="樣式 (1)段 +"/>
     <w:basedOn w:val="1fb"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffd">
     <w:name w:val="案由"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="425" w:left="725" w:hangingChars="300" w:hanging="300"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffe">
     <w:name w:val="案由後一"/>
     <w:basedOn w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="20" w:afterLines="20" w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="699" w:left="899" w:hangingChars="200" w:hanging="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1fe">
     <w:name w:val="案由後1."/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="20" w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="823" w:left="2193" w:hangingChars="84" w:hanging="218"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
       <w:bCs/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1823084021">
     <w:name w:val="樣式 案由後1. + 左:  8.23 字元 凸出:  0.84 字元 套用後:  0.2 列1"/>
     <w:basedOn w:val="1fe"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:left="2194" w:hanging="219"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1823084022">
     <w:name w:val="樣式 案由後1. + 左:  8.23 字元 凸出:  0.84 字元 套用後:  0.2 列2"/>
     <w:basedOn w:val="1fe"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:left="2194" w:hanging="219"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffff">
     <w:name w:val="(一)標題"/>
     <w:basedOn w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:leftChars="299" w:left="718" w:firstLine="2"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff">
     <w:name w:val="1.後文"/>
     <w:basedOn w:val="1fa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:ind w:leftChars="523" w:left="1255" w:firstLineChars="193" w:firstLine="540"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffff0">
     <w:name w:val="照片名"/>
-    <w:basedOn w:val="aff9"/>
+    <w:basedOn w:val="affc"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="10"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="華康中圓體(P)" w:eastAsia="華康中圓體(P)" w:hAnsi="標楷體"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:shd w:val="clear" w:color="auto" w:fill="339966"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1625pt">
     <w:name w:val="樣式 (拉丁) 標楷體 (中文) 標楷體 (拉丁文) 16 點 行距:  固定行高 25 pt"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="500" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-style-span">
     <w:name w:val="apple-style-span"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffffff1">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffff2">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="CC0033"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3b">
     <w:name w:val="表格3"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="57" w:right="57"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffff3">
     <w:name w:val="Strong"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="affffffff4">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="affffffff5"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="4F81BD"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F81BD"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...13 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affffffff5">
+    <w:name w:val="鮮明引文 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="affffffff4"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="affffffff6">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="affffffff7"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="160"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...13 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affffffff7">
+    <w:name w:val="引文 字元"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="affffffff6"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="grame">
     <w:name w:val="grame"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spelle">
     <w:name w:val="spelle"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffff8">
     <w:name w:val="章節架構"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffff9">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl27">
     <w:name w:val="xl27"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffffa">
     <w:name w:val="line number"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffb">
     <w:name w:val="壹"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffffffc"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="250" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="全真顏體" w:eastAsia="全真顏體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affffffffc">
+    <w:name w:val="壹 字元"/>
+    <w:link w:val="affffffffb"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="全真顏體" w:eastAsia="全真顏體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffd">
     <w:name w:val="節一、內文"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:leftChars="150" w:left="360" w:firstLine="482"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="細明體" w:eastAsia="細明體"/>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff0">
     <w:name w:val="節之(1)"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:leftChars="300" w:left="1440" w:hangingChars="300" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffe">
     <w:name w:val="節一、之（一）"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="902" w:hanging="692"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff">
     <w:name w:val="節一、之(一)內文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="357" w:firstLine="482"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="細明體" w:eastAsia="細明體"/>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="f-size-1em">
     <w:name w:val="f-size-1em"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff0">
     <w:name w:val="（一）"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="560" w:lineRule="exact"/>
       <w:ind w:leftChars="200" w:left="500" w:hangingChars="300" w:hanging="300"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff1">
     <w:name w:val="項"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="560" w:lineRule="exact"/>
       <w:ind w:leftChars="250" w:left="250" w:firstLineChars="200" w:firstLine="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="114">
     <w:name w:val="1.1內文"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="115"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:firstLineChars="200" w:firstLine="520"/>
       <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="115">
+    <w:name w:val="1.1內文 字元"/>
+    <w:link w:val="114"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff2">
     <w:name w:val="表文_置中"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="font324"/>
       <w:kern w:val="1"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-11">
     <w:name w:val="1-1之1"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="180" w:left="684" w:hangingChars="90" w:hanging="252"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff3">
     <w:name w:val="一、內文"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:leftChars="200" w:left="200" w:firstLineChars="200" w:firstLine="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffffff4">
     <w:name w:val="內文文字_"/>
     <w:link w:val="afffffffff5"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體"/>
       <w:spacing w:val="30"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff5">
     <w:name w:val="內文文字"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffffff4"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:line="720" w:lineRule="exact"/>
       <w:ind w:hanging="1880"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體"/>
       <w:spacing w:val="30"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffffff6">
     <w:name w:val="內文文字 + 粗體"/>
     <w:aliases w:val="間距 1 pt"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:spacing w:val="20"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AngsanaUPC">
     <w:name w:val="內文文字 + AngsanaUPC"/>
     <w:aliases w:val="20 pt,間距 0 pt"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="AngsanaUPC" w:eastAsia="AngsanaUPC" w:hAnsi="AngsanaUPC" w:cs="AngsanaUPC"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:u w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="0pt">
     <w:name w:val="內文文字 + 間距 0 pt"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="141">
     <w:name w:val="內文 標楷體 14 點"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff7">
     <w:name w:val="圖表標題"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="afffffffff8"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50"/>
       <w:ind w:leftChars="0" w:left="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffffff8">
     <w:name w:val="圖表標題 字元"/>
     <w:link w:val="afffffffff7"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff1">
     <w:name w:val="內文_1"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="1ff2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:ind w:leftChars="0" w:left="0" w:firstLineChars="200" w:firstLine="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1ff2">
     <w:name w:val="內文_1 字元"/>
     <w:link w:val="1ff1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffff9">
     <w:name w:val="標題_第一章"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffffffa"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...12 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afffffffffa">
+    <w:name w:val="標題_第一章 字元"/>
+    <w:link w:val="afffffffff9"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-1">
     <w:name w:val="標題_1-1"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="1-10"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="100" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:ind w:leftChars="0" w:left="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1-10">
     <w:name w:val="標題_1-1 字元"/>
     <w:link w:val="1-1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffb">
     <w:name w:val="標題_一"/>
-    <w:basedOn w:val="af4"/>
+    <w:basedOn w:val="af7"/>
     <w:link w:val="afffffffffc"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:beforeLines="100" w:afterLines="0" w:line="400" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afffffffffc">
     <w:name w:val="標題_一 字元"/>
     <w:link w:val="afffffffffb"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffd">
     <w:name w:val="標題_(一)"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="afffffffffe"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="240"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:ind w:leftChars="200" w:left="200" w:hangingChars="175" w:hanging="198"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afffffffffe">
+    <w:name w:val="標題_(一) 字元"/>
+    <w:link w:val="afffffffffd"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff3">
     <w:name w:val="標題_1"/>
-    <w:basedOn w:val="affff1"/>
+    <w:basedOn w:val="af1"/>
     <w:link w:val="1ff4"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:before="180" w:after="180"/>
       <w:ind w:leftChars="236" w:left="847" w:hangingChars="108" w:hanging="281"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...9 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1ff4">
+    <w:name w:val="標題_1 字元"/>
+    <w:link w:val="1ff3"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff">
     <w:name w:val="圖表置中"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="affffffffff0"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="100" w:afterLines="50"/>
       <w:ind w:leftChars="0" w:left="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffffffff0">
     <w:name w:val="圖表置中 字元"/>
     <w:link w:val="affffffffff"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff5">
     <w:name w:val="標題_(1)"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="1ff6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:ind w:leftChars="383" w:left="383" w:hangingChars="125" w:hanging="125"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1ff6">
+    <w:name w:val="標題_(1) 字元"/>
+    <w:link w:val="1ff5"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff1">
     <w:name w:val="附件一"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffffffff2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffffffff2">
     <w:name w:val="附件一 字元"/>
     <w:link w:val="affffffffff1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff3">
     <w:name w:val="資料來源"/>
     <w:basedOn w:val="afffffffff7"/>
     <w:link w:val="affffffffff4"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="0" w:afterLines="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affffffffff4">
     <w:name w:val="資料來源 字元"/>
     <w:link w:val="affffffffff3"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="1ff7">
     <w:name w:val="表格格線1"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-">
     <w:name w:val="HTML Top of Form"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="z-0"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:vanish/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-0">
     <w:name w:val="z-表單的頂端 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="z-"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:vanish/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-1">
     <w:name w:val="HTML Bottom of Form"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:link w:val="z-2"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:vanish/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-2">
     <w:name w:val="z-表單的底部 字元"/>
     <w:basedOn w:val="a8"/>
     <w:link w:val="z-1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="新細明體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:vanish/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffffff5">
     <w:name w:val="Subtle Emphasis"/>
     <w:aliases w:val="參考文獻1"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="F"/>
       <w:kern w:val="3"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff6">
     <w:name w:val="公文(主持人)"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:line="360" w:lineRule="exact"/>
       <w:ind w:left="1304" w:hanging="1304"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-q-full-text1">
     <w:name w:val="ya-q-full-text1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:color w:val="26282A"/>
       <w:sz w:val="25"/>
       <w:szCs w:val="25"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2f2">
     <w:name w:val="表格內文2"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2f3">
     <w:name w:val="無清單2"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="font5">
     <w:name w:val="font5"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="font6">
     <w:name w:val="font6"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="font7">
     <w:name w:val="font7"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl22">
     <w:name w:val="xl22"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl23">
     <w:name w:val="xl23"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl25">
     <w:name w:val="xl25"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl26">
     <w:name w:val="xl26"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl28">
     <w:name w:val="xl28"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl29">
     <w:name w:val="xl29"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl30">
     <w:name w:val="xl30"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl31">
     <w:name w:val="xl31"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl32">
     <w:name w:val="xl32"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl33">
     <w:name w:val="xl33"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl34">
     <w:name w:val="xl34"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl35">
     <w:name w:val="xl35"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl36">
     <w:name w:val="xl36"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl37">
     <w:name w:val="xl37"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Arial Unicode MS" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff7">
     <w:name w:val="第一章"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="affffffffff8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF5B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="全真顏體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="affffffffff8">
+    <w:name w:val="第一章 字元"/>
+    <w:link w:val="affffffffff7"/>
+    <w:rsid w:val="0057535B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="全真顏體" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff8">
     <w:name w:val="標1"/>
     <w:basedOn w:val="ad"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-1-1-1-">
     <w:name w:val="1-1之文-1-(1)-圈"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="560" w:left="1694" w:hangingChars="125" w:hanging="350"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-12">
     <w:name w:val="1-1"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="150" w:afterLines="50"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ff9">
     <w:name w:val="標二文1.文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="1080" w:firstLine="516"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-1-1-1">
     <w:name w:val="1-1之文-1-(1)文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="560" w:left="1344" w:firstLineChars="215" w:firstLine="602"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ffa">
     <w:name w:val="標二(一)1."/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="1320" w:hanging="240"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="116">
     <w:name w:val="(一)文1之(1)"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="1694" w:hanging="374"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-1-1-10">
     <w:name w:val="1-1之文-1-(1)"/>
     <w:basedOn w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="373" w:left="1371" w:hangingChars="170" w:hanging="476"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-13">
     <w:name w:val="1-1文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="268" w:left="643" w:firstLineChars="200" w:firstLine="560"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffff9">
     <w:name w:val="標二文(一)文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="1080" w:firstLine="516"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-110">
     <w:name w:val="1-1之1文"/>
     <w:basedOn w:val="23"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="309" w:left="742" w:firstLineChars="200" w:firstLine="560"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffffa">
     <w:name w:val="標二文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="600" w:firstLine="506"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffffb">
     <w:name w:val="標二"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="360" w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffffc">
     <w:name w:val="標二文(一)"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="840" w:hanging="240"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="bottom"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ffb">
     <w:name w:val="樣式1"/>
     <w:basedOn w:val="14"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
       </w:tabs>
       <w:spacing w:line="440" w:lineRule="atLeast"/>
       <w:ind w:left="992" w:hangingChars="354" w:hanging="992"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text1">
     <w:name w:val="text1"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:color w:val="666666"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="title1">
     <w:name w:val="title1"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="6D780A"/>
       <w:kern w:val="0"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text2">
     <w:name w:val="text2"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:color w:val="666666"/>
       <w:kern w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="text21">
     <w:name w:val="text21"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="text11">
     <w:name w:val="text11"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="factory1">
     <w:name w:val="factory1"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="004080"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="affffffffffd">
     <w:name w:val="表名"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2f4">
     <w:name w:val="內文2"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="300" w:left="300" w:firstLine="540"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3c">
     <w:name w:val="內文3"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="375" w:left="375" w:firstLineChars="225" w:firstLine="540"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="47">
     <w:name w:val="內文4"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="450" w:left="450" w:firstLineChars="225" w:firstLine="540"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa6">
     <w:name w:val="Pa6"/>
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="181" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DFHei Std W7" w:eastAsia="DFHei Std W7" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa5">
     <w:name w:val="Pa5"/>
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="181" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DFHei Std W7" w:eastAsia="DFHei Std W7" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="f-15">
     <w:name w:val="f-15"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="sөũ" w:hAnsi="sөũ" w:cs="新細明體"/>
+      <w:rFonts w:ascii="sөũ" w:eastAsia="新細明體" w:hAnsi="sөũ" w:cs="新細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="333333"/>
       <w:kern w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="img-f-15">
     <w:name w:val="img-f-15"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="sөũ" w:hAnsi="sөũ" w:cs="新細明體"/>
+      <w:rFonts w:ascii="sөũ" w:eastAsia="新細明體" w:hAnsi="sөũ" w:cs="新細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="003300"/>
       <w:kern w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="f-18">
     <w:name w:val="f-18"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="sөũ" w:hAnsi="sөũ" w:cs="新細明體"/>
+      <w:rFonts w:ascii="sөũ" w:eastAsia="新細明體" w:hAnsi="sөũ" w:cs="新細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="993300"/>
       <w:kern w:val="0"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2f5">
     <w:name w:val="樣式2"/>
     <w:basedOn w:val="31"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="h3">
     <w:name w:val="h3"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:line="432" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0099CC"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1100">
     <w:name w:val="110"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-111">
     <w:name w:val="1-1之1之(1)"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="309" w:left="1176" w:hangingChars="155" w:hanging="434"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffffffe">
     <w:name w:val="endnote reference"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-1-1">
     <w:name w:val="1-1之文-1"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="440" w:lineRule="atLeast"/>
       <w:ind w:leftChars="262" w:left="881" w:hangingChars="90" w:hanging="252"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3d">
     <w:name w:val="樣式3"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="3e"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="100" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="3e">
     <w:name w:val="樣式3 字元"/>
     <w:link w:val="3d"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="48">
     <w:name w:val="樣式4"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="49"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="標楷體"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="49">
     <w:name w:val="樣式4 字元"/>
     <w:link w:val="48"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="57">
     <w:name w:val="樣式5"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="58"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="58">
     <w:name w:val="樣式5 字元"/>
     <w:link w:val="57"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="63">
     <w:name w:val="樣式6"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="64"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="64">
     <w:name w:val="樣式6 字元"/>
     <w:link w:val="63"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="73">
     <w:name w:val="樣式7"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="74"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="74">
     <w:name w:val="樣式7 字元"/>
     <w:link w:val="73"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="83">
     <w:name w:val="樣式8"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="84"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="84">
     <w:name w:val="樣式8 字元"/>
     <w:link w:val="83"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="93">
     <w:name w:val="樣式9"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="94"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="94">
     <w:name w:val="樣式9 字元"/>
     <w:link w:val="93"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="100">
     <w:name w:val="樣式10"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="101"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="101">
     <w:name w:val="樣式10 字元"/>
     <w:link w:val="100"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="117">
     <w:name w:val="樣式11"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="118"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="118">
     <w:name w:val="樣式11 字元"/>
     <w:link w:val="117"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="120">
     <w:name w:val="樣式12"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="121"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="標楷體"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="121">
     <w:name w:val="樣式12 字元"/>
     <w:link w:val="120"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="130">
     <w:name w:val="樣式13"/>
     <w:basedOn w:val="31"/>
     <w:link w:val="131"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="標楷體"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="131">
     <w:name w:val="樣式13 字元"/>
     <w:link w:val="130"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="142">
     <w:name w:val="樣式14"/>
     <w:basedOn w:val="affffff4"/>
     <w:link w:val="143"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="143">
     <w:name w:val="樣式14 字元"/>
     <w:link w:val="142"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-112">
     <w:name w:val="1-1之1.文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="280" w:left="672" w:firstLineChars="211" w:firstLine="591"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-q-full-text">
     <w:name w:val="ya-q-full-text"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="title2">
     <w:name w:val="title2文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:ind w:left="590" w:firstLine="561"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="細明體" w:cs="Vrinda"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Vrinda"/>
       <w:spacing w:val="4"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff">
     <w:name w:val="標題二內文"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:afterLines="50" w:line="440" w:lineRule="exact"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1-113">
     <w:name w:val="1-1之1."/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:beforeLines="50" w:afterLines="50" w:line="400" w:lineRule="atLeast"/>
       <w:ind w:leftChars="195" w:left="714" w:hangingChars="88" w:hanging="246"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="2f6">
     <w:name w:val="表格格線2"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="3f">
     <w:name w:val="表格格線3"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="4a">
     <w:name w:val="表格格線4"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="59">
     <w:name w:val="表格格線5"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
     <w:name w:val="fontstyle01"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle21">
     <w:name w:val="fontstyle21"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff0">
     <w:name w:val="章名"/>
     <w:basedOn w:val="a6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff1">
     <w:name w:val="條文"/>
     <w:basedOn w:val="a6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:hangingChars="100" w:hanging="249"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff2">
     <w:name w:val="說明_內文"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:left="267" w:hanging="624"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff3">
     <w:name w:val="條文_項"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:leftChars="100" w:left="100" w:firstLineChars="200" w:firstLine="200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="標楷體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="afffffffffff4">
     <w:name w:val="表文"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="afffa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afffc">
     <w:name w:val="表標題 字元"/>
-    <w:link w:val="afff9"/>
+    <w:link w:val="afffb"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num3">
     <w:name w:val="WW8Num3"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum13">
     <w:name w:val="WWNum13"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1ffc">
     <w:name w:val="未解析的提及1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="119">
     <w:name w:val="表格格線11"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:next w:val="aff5"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="afffffffffff5">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="5B9BD5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st1">
     <w:name w:val="st1"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-label1">
     <w:name w:val="z-label1"/>
     <w:basedOn w:val="a8"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal2">
     <w:name w:val="Table Normal2"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal3">
     <w:name w:val="Table Normal3"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="afffffffffff6">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="1111">
     <w:name w:val="表格格線111"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:next w:val="aff5"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="210">
     <w:name w:val="表格格線21"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:next w:val="aff5"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="11110">
     <w:name w:val="表格格線1111"/>
     <w:basedOn w:val="a9"/>
-    <w:next w:val="aff2"/>
+    <w:next w:val="aff5"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num5">
     <w:name w:val="WW8Num5"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="16"/>
+        <w:numId w:val="19"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum22">
     <w:name w:val="WWNum22"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="17"/>
+        <w:numId w:val="21"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum34">
     <w:name w:val="WWNum34"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="18"/>
+        <w:numId w:val="22"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Framecontents">
     <w:name w:val="Frame contents"/>
     <w:basedOn w:val="a6"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="F"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="F"/>
       <w:kern w:val="3"/>
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum15">
     <w:name w:val="WWNum15"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="19"/>
+        <w:numId w:val="23"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum131">
     <w:name w:val="WWNum131"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="20"/>
+        <w:numId w:val="24"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum14">
     <w:name w:val="WWNum14"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="21"/>
+        <w:numId w:val="25"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum132">
     <w:name w:val="WWNum132"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="22"/>
+        <w:numId w:val="26"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum141">
     <w:name w:val="WWNum141"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="23"/>
+        <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum151">
     <w:name w:val="WWNum151"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="24"/>
+        <w:numId w:val="28"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum16">
     <w:name w:val="WWNum16"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="25"/>
+        <w:numId w:val="29"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum17">
     <w:name w:val="WWNum17"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="26"/>
+        <w:numId w:val="30"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum1321">
     <w:name w:val="WWNum1321"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum1411">
     <w:name w:val="WWNum1411"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum1511">
     <w:name w:val="WWNum1511"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum161">
     <w:name w:val="WWNum161"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum171">
     <w:name w:val="WWNum171"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num51">
     <w:name w:val="WW8Num51"/>
     <w:basedOn w:val="aa"/>
-    <w:rsid w:val="00FF5B0C"/>
+    <w:rsid w:val="0057535B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="27"/>
+        <w:numId w:val="42"/>
       </w:numPr>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB70E0"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="細明體" w:cs="細明體"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -37693,59 +29771,76 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9E7E0E-BBFB-4B5D-801A-109E6ABA5EF6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>5713</Characters>
+  <Pages>10</Pages>
+  <Words>3697</Words>
+  <Characters>3839</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>378</Lines>
+  <Paragraphs>257</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6702</CharactersWithSpaces>
+  <CharactersWithSpaces>5047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>tsai</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>